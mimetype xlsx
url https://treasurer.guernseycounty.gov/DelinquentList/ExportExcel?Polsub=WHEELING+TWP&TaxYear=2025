--- v0 (2026-01-10)
+++ v1 (2026-02-27)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="161" uniqueCount="161">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>43-0000001.000</t>
   </si>
   <si>
     <t>HOFACRE GLENDA K</t>
   </si>
   <si>
@@ -125,70 +125,50 @@
   <si>
     <t>NEWCOMERSTOWN EVSD</t>
   </si>
   <si>
     <t xml:space="preserve">PLUM RD  
 KIMBOLTON OH 43749</t>
   </si>
   <si>
     <t>42-0000168.000</t>
   </si>
   <si>
     <t>CALLAHAN IKE R</t>
   </si>
   <si>
     <t xml:space="preserve">72198 HOPEWELL RD  
 KIMBOLTON OH 43749</t>
   </si>
   <si>
     <t>42-0000180.002</t>
   </si>
   <si>
     <t>TAYLOR LOGAN</t>
   </si>
   <si>
     <t xml:space="preserve">8122 GUERNSEY VALLEY RD  
-KIMBOLTON OH 43749</t>
-[...18 lines deleted...]
-    <t xml:space="preserve">75799 PALMER RD  
 KIMBOLTON OH 43749</t>
   </si>
   <si>
     <t>42-0000307.000</t>
   </si>
   <si>
     <t>PETTRY ROY LEE &amp; RUBY M</t>
   </si>
   <si>
     <t xml:space="preserve">PLAINFIELD RD  
 KIMBOLTON OH 43749</t>
   </si>
   <si>
     <t>42-0000308.000</t>
   </si>
   <si>
     <t>MARSHALL VICTOR &amp; CHRISTIANE</t>
   </si>
   <si>
     <t xml:space="preserve">5113 PLAINFIELD RD  
 KIMBOLTON OH 43749</t>
   </si>
   <si>
     <t>42-0000311.000</t>
   </si>
@@ -228,60 +208,50 @@
   <si>
     <t xml:space="preserve">9550 HESTON RD  
 KIMBOLTON OH 43749</t>
   </si>
   <si>
     <t>42-0000390.033</t>
   </si>
   <si>
     <t>MCELWAIN ERNEST D &amp; LAURIE L</t>
   </si>
   <si>
     <t xml:space="preserve">8420 EUGA RD  
 NEWCOMERSTOWN OH 43832</t>
   </si>
   <si>
     <t>42-0000403.000</t>
   </si>
   <si>
     <t>WD REAL ESTATE LLC</t>
   </si>
   <si>
     <t xml:space="preserve">4405 GUERNSEY VALLEY RD  
 KIMBOLTON OH 43749</t>
   </si>
   <si>
-    <t>42-0000413.000</t>
-[...8 lines deleted...]
-  <si>
     <t>42-0000437.000</t>
   </si>
   <si>
     <t>WILTSHIRE ELBERT M &amp; KATHRYN E</t>
   </si>
   <si>
     <t xml:space="preserve">ZION RD  
 KIMBOLTON OH 43749</t>
   </si>
   <si>
     <t>42-0000445.000</t>
   </si>
   <si>
     <t xml:space="preserve">73901 PLUM RD  
 KIMBOLTON OH 43749</t>
   </si>
   <si>
     <t>42-0000464.000</t>
   </si>
   <si>
     <t>TAYLOR JAMES DEAN &amp; ELIZABETH ANN &amp; LOGAN M</t>
   </si>
   <si>
     <t xml:space="preserve">7636 GUERNSEY VALLEY RD  
 KIMBOLTON OH 43749</t>
@@ -292,60 +262,50 @@
   <si>
     <t>WHITACRE GARRY</t>
   </si>
   <si>
     <t xml:space="preserve">EIGHTH ST RD  
 KIMBOLTON OH 43749</t>
   </si>
   <si>
     <t>42-0000471.000</t>
   </si>
   <si>
     <t xml:space="preserve">74154 EIGHTH ST RD  
 KIMBOLTON OH 43749</t>
   </si>
   <si>
     <t>42-0000472.000</t>
   </si>
   <si>
     <t>42-0000695.000</t>
   </si>
   <si>
     <t>NIGRO ARDATH A TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">4801 GUERNSEY VALLEY RD  
-KIMBOLTON OH 43749</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">73351 PLUM RD  
 KIMBOLTON OH 43749</t>
   </si>
   <si>
     <t>42-0000888.000</t>
   </si>
   <si>
     <t>GUERNSEY M P CHURCH</t>
   </si>
   <si>
     <t xml:space="preserve">74114 EIGHTH ST RD  
 KIMBOLTON OH 43749</t>
   </si>
   <si>
     <t>42-0000897.000</t>
   </si>
   <si>
     <t>ZION METHODIST CEMETERY</t>
   </si>
   <si>
     <t xml:space="preserve">EARLEY RD  
 KIMBOLTON OH 43749</t>
   </si>
   <si>
     <t>42-0000898.000</t>
   </si>
@@ -361,60 +321,50 @@
   </si>
   <si>
     <t>BETHEL CHRISTIAN CHURCH</t>
   </si>
   <si>
     <t xml:space="preserve">BETHEL RD  
 NEWCOMERSTOWN OH 43832</t>
   </si>
   <si>
     <t>42-0000944.004</t>
   </si>
   <si>
     <t xml:space="preserve">HOPEWELL RD  
 KIMBOLTON OH 43749</t>
   </si>
   <si>
     <t>42-0000950.000</t>
   </si>
   <si>
     <t>BOARD OF EDUCATION</t>
   </si>
   <si>
     <t>42-0000952.000</t>
   </si>
   <si>
-    <t>42-0000958.000</t>
-[...8 lines deleted...]
-  <si>
     <t>42-0000964.000</t>
   </si>
   <si>
     <t>BANKERS CEMETERY</t>
   </si>
   <si>
     <t xml:space="preserve">GUERNSEY VALLEY RD  
 KIMBOLTON OH 43749</t>
   </si>
   <si>
     <t>42-0000971.003</t>
   </si>
   <si>
     <t>TARNOR ENTERPRISES LLC</t>
   </si>
   <si>
     <t xml:space="preserve">MILL RD  
 KIMBOLTON OH 43749</t>
   </si>
   <si>
     <t>42-0000971.004</t>
   </si>
   <si>
     <t xml:space="preserve">73498 MILL RD  
 KIMBOLTON OH 43749</t>
@@ -470,79 +420,60 @@
   </si>
   <si>
     <t>GORMAN MICHAEL J &amp; JOANN</t>
   </si>
   <si>
     <t xml:space="preserve">HOPEWELL RD  
 </t>
   </si>
   <si>
     <t>42-0001022.012</t>
   </si>
   <si>
     <t>GRIFFITH NICHOLAS D</t>
   </si>
   <si>
     <t xml:space="preserve">SCIENCE HILL RD  
 NEWCOMERSTOWN OH 43832</t>
   </si>
   <si>
     <t>42-0001022.013</t>
   </si>
   <si>
     <t>42-0001022.014</t>
   </si>
   <si>
-    <t>42-0001571.000</t>
-[...8 lines deleted...]
-  <si>
     <t>42-0001588.002</t>
   </si>
   <si>
     <t>TARMAN LAURA</t>
   </si>
   <si>
     <t xml:space="preserve">72631 HOPEWELL RD  
 KIMBOLTON OH 43749</t>
   </si>
   <si>
-    <t>421856</t>
-[...7 lines deleted...]
-  <si>
     <t>421861</t>
   </si>
   <si>
     <t>BURKHART MFG HOUSING TRANSPORT</t>
   </si>
   <si>
     <t>5043 PRIDER RD</t>
   </si>
   <si>
     <t>421869</t>
   </si>
   <si>
     <t>BENNINGTON SHANNON L</t>
   </si>
   <si>
     <t>NOT ON FILE</t>
   </si>
   <si>
     <t>421870</t>
   </si>
   <si>
     <t>421871</t>
   </si>
   <si>
     <t>FRENTON JASON D</t>
@@ -578,56 +509,50 @@
     <t>421914</t>
   </si>
   <si>
     <t>421918</t>
   </si>
   <si>
     <t>421926</t>
   </si>
   <si>
     <t>KIDD RONALD</t>
   </si>
   <si>
     <t>7525 GUERNSEY VALLEY RD</t>
   </si>
   <si>
     <t>421929</t>
   </si>
   <si>
     <t>421930</t>
   </si>
   <si>
     <t>421950</t>
   </si>
   <si>
     <t>DAKIN BRENDA</t>
-  </si>
-[...4 lines deleted...]
-    <t>HUTCHING JAMIE &amp; JAMES</t>
   </si>
   <si>
     <t>421985</t>
   </si>
   <si>
     <t>72631 HOPEWELL RD</t>
   </si>
   <si>
     <t>421986</t>
   </si>
   <si>
     <t>KIRKPATK WILLIAM</t>
   </si>
   <si>
     <t>10351 CHURCH HILL RD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
@@ -655,70 +580,70 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F72" headerRowCount="1">
-  <autoFilter ref="A1:F72"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F64" headerRowCount="1">
+  <autoFilter ref="A1:F64"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42739&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42763&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42772&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42846&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42859&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46997&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46051&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=41627&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=41764&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=47830&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=41855&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=41879&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=41894&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=41895&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=41897&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=41898&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=41956&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=41961&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42023&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42032&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42041&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42070&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42073&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42085&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42091&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42092&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42197&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42235&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42356&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42365&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42366&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42370&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42407&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42417&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42419&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42434&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42440&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42451&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42453&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42455&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42460&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42461&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42462&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42463&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42500&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42501&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42514&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42515&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42516&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42559&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42605&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46064&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45441&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46565&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45442&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46157&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=44986&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45443&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46204&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45444&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45445&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45446&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45358&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45447&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45448&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=47172&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45808&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45909&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42739&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42763&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42772&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42846&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42859&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46997&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46051&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=41627&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=41764&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=47830&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=41894&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=41895&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=41897&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=41898&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=41956&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=41961&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42023&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42032&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42070&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42073&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42085&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42091&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42092&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42197&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42356&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42365&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42366&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42370&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42407&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42417&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42419&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42440&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42451&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42453&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42455&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42460&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42461&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42462&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42463&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42500&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42501&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42514&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42515&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42516&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=42605&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45441&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46565&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45442&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46157&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=44986&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45443&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46204&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45444&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45445&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45446&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45358&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45447&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45448&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45808&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45909&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F72"/>
+  <dimension ref="A1:F64"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="47.58465576171875" customWidth="1"/>
     <col min="3" max="3" width="24.30276107788086" customWidth="1"/>
     <col min="4" max="4" width="25.60614585876465" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -922,1253 +847,1093 @@
       </c>
       <c r="D11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="3">
         <v>1252.3</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="3">
-        <v>262.52</v>
+        <v>355.55</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="3">
-        <v>798.75</v>
+        <v>859.14</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="3">
-        <v>355.55</v>
+        <v>397.17</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="3">
-        <v>859.14</v>
+        <v>307.57</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="3">
-        <v>397.17</v>
+        <v>236.71</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="3">
-        <v>307.57</v>
+        <v>1702.08</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E18" s="3">
-        <v>236.71</v>
+        <v>748.96</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>61</v>
       </c>
       <c r="E19" s="3">
-        <v>1702.08</v>
+        <v>197</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="3">
-        <v>748.96</v>
+        <v>675.18</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B21" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="D21" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C21" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E21" s="3">
-        <v>197</v>
+        <v>463.16</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="B22" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="B22" s="0" t="s">
+      <c r="C22" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="C22" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E22" s="3">
-        <v>313.49</v>
+        <v>842.33</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="B23" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="B23" s="0" t="s">
+      <c r="C23" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="D23" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="C23" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E23" s="3">
-        <v>675.18</v>
+        <v>54.11</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="D24" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="B24" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E24" s="3">
-        <v>463.16</v>
+        <v>11.61</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="E25" s="3">
-        <v>842.33</v>
+        <v>141.01</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="E26" s="3">
-        <v>54.11</v>
+        <v>2299.41</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>80</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="E27" s="3">
-        <v>11.61</v>
+        <v>243.39</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="D28" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="B28" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E28" s="3">
-        <v>141.01</v>
+        <v>243.39</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>87</v>
       </c>
       <c r="E29" s="3">
-        <v>2799.41</v>
+        <v>38.69</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>88</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>90</v>
       </c>
       <c r="E30" s="3">
-        <v>4351</v>
+        <v>233.65</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B31" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="D31" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="C31" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E31" s="3">
-        <v>243.39</v>
+        <v>48.56</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="B32" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="B32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="E32" s="3">
-        <v>243.39</v>
+        <v>140.12</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>98</v>
+        <v>71</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="E33" s="3">
-        <v>38.69</v>
+        <v>13.54</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="E34" s="3">
-        <v>233.65</v>
+        <v>163.45</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="E35" s="3">
-        <v>48.56</v>
+        <v>230.68</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>46</v>
+        <v>103</v>
       </c>
       <c r="E36" s="3">
-        <v>140.12</v>
+        <v>2934.06</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>81</v>
+        <v>101</v>
       </c>
       <c r="E37" s="3">
-        <v>13.54</v>
+        <v>89.01</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="E38" s="3">
-        <v>2238.95</v>
+        <v>70.27</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="E39" s="3">
-        <v>163.45</v>
+        <v>2758.64</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="E40" s="3">
-        <v>230.68</v>
+        <v>3.74</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="E41" s="3">
-        <v>2934.06</v>
+        <v>1752.86</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="E42" s="3">
-        <v>89.01</v>
+        <v>2257.53</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E43" s="3">
-        <v>70.27</v>
+        <v>1299.5</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="E44" s="3">
-        <v>2758.64</v>
+        <v>25.28</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>123</v>
       </c>
       <c r="E45" s="3">
-        <v>3.74</v>
+        <v>306.22</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>122</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="E46" s="3">
-        <v>1752.86</v>
+        <v>335.63</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="E47" s="3">
-        <v>2257.53</v>
+        <v>365.16</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="E48" s="3">
-        <v>1299.5</v>
+        <v>1112.17</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>30</v>
       </c>
-      <c r="D49" s="1" t="s">
-        <v>135</v>
+      <c r="D49" s="0" t="s">
+        <v>131</v>
       </c>
       <c r="E49" s="3">
-        <v>25.28</v>
+        <v>2257.47</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>30</v>
       </c>
-      <c r="D50" s="1" t="s">
-        <v>138</v>
+      <c r="D50" s="0" t="s">
+        <v>134</v>
       </c>
       <c r="E50" s="3">
-        <v>306.22</v>
+        <v>1846.1</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>137</v>
+        <v>130</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>30</v>
       </c>
-      <c r="D51" s="1" t="s">
-        <v>138</v>
+      <c r="D51" s="0" t="s">
+        <v>131</v>
       </c>
       <c r="E51" s="3">
-        <v>335.63</v>
+        <v>2257.47</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>30</v>
       </c>
-      <c r="D52" s="1" t="s">
+      <c r="D52" s="0" t="s">
         <v>138</v>
       </c>
       <c r="E52" s="3">
-        <v>365.16</v>
+        <v>175.64</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="B53" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="D53" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="B53" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E53" s="3">
-        <v>1126.4</v>
+        <v>2303.25</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>145</v>
+        <v>130</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>30</v>
       </c>
-      <c r="D54" s="1" t="s">
-        <v>146</v>
+      <c r="D54" s="0" t="s">
+        <v>131</v>
       </c>
       <c r="E54" s="3">
-        <v>1112.17</v>
+        <v>2257.47</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="E55" s="3">
-        <v>0.66</v>
+        <v>12.44</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>151</v>
+        <v>130</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>152</v>
+        <v>131</v>
       </c>
       <c r="E56" s="3">
         <v>2257.47</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>154</v>
+        <v>130</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>155</v>
+        <v>131</v>
       </c>
       <c r="E57" s="3">
-        <v>1846.1</v>
+        <v>2097.47</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>151</v>
+        <v>130</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>152</v>
+        <v>131</v>
       </c>
       <c r="E58" s="3">
-        <v>2257.47</v>
+        <v>2097.47</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>158</v>
+        <v>150</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="E59" s="3">
-        <v>175.64</v>
+        <v>466</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>161</v>
+        <v>130</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>162</v>
+        <v>131</v>
       </c>
       <c r="E60" s="3">
-        <v>2303.25</v>
+        <v>2257.47</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>163</v>
+        <v>153</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>151</v>
+        <v>130</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>152</v>
+        <v>131</v>
       </c>
       <c r="E61" s="3">
         <v>2257.47</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>164</v>
+        <v>154</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>166</v>
+        <v>131</v>
       </c>
       <c r="E62" s="3">
-        <v>12.44</v>
+        <v>1645.25</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>167</v>
+        <v>156</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>151</v>
+        <v>127</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="E63" s="3">
-        <v>2257.47</v>
+        <v>20.1</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>168</v>
+        <v>158</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="E64" s="3">
-        <v>2097.47</v>
+        <v>225.58</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>10</v>
-[...158 lines deleted...]
-      <c r="F72" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -2193,40 +1958,32 @@
     <hyperlink ref="F40" r:id="rId40"/>
     <hyperlink ref="F41" r:id="rId41"/>
     <hyperlink ref="F42" r:id="rId42"/>
     <hyperlink ref="F43" r:id="rId43"/>
     <hyperlink ref="F44" r:id="rId44"/>
     <hyperlink ref="F45" r:id="rId45"/>
     <hyperlink ref="F46" r:id="rId46"/>
     <hyperlink ref="F47" r:id="rId47"/>
     <hyperlink ref="F48" r:id="rId48"/>
     <hyperlink ref="F49" r:id="rId49"/>
     <hyperlink ref="F50" r:id="rId50"/>
     <hyperlink ref="F51" r:id="rId51"/>
     <hyperlink ref="F52" r:id="rId52"/>
     <hyperlink ref="F53" r:id="rId53"/>
     <hyperlink ref="F54" r:id="rId54"/>
     <hyperlink ref="F55" r:id="rId55"/>
     <hyperlink ref="F56" r:id="rId56"/>
     <hyperlink ref="F57" r:id="rId57"/>
     <hyperlink ref="F58" r:id="rId58"/>
     <hyperlink ref="F59" r:id="rId59"/>
     <hyperlink ref="F60" r:id="rId60"/>
     <hyperlink ref="F61" r:id="rId61"/>
     <hyperlink ref="F62" r:id="rId62"/>
     <hyperlink ref="F63" r:id="rId63"/>
     <hyperlink ref="F64" r:id="rId64"/>
-    <hyperlink ref="F65" r:id="rId65"/>
-[...6 lines deleted...]
-    <hyperlink ref="F72" r:id="rId72"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>