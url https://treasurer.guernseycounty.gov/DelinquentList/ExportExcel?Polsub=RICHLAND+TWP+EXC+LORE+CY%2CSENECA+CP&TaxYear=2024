--- v0 (2025-10-10)
+++ v1 (2025-12-02)
@@ -5,106 +5,86 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="98">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>31-0000163.000</t>
   </si>
   <si>
     <t>HOMAN JOHN T</t>
   </si>
   <si>
     <t>ROLLING HILLS LSD</t>
   </si>
   <si>
     <t xml:space="preserve">18865 LASHLEY RD  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>31-0000454.003</t>
-[...18 lines deleted...]
-  <si>
     <t>31-0000595.000</t>
   </si>
   <si>
     <t>DANLEY JOHN</t>
   </si>
   <si>
     <t xml:space="preserve">NOT ON FILE  
 </t>
   </si>
   <si>
     <t>31-0000598.000</t>
   </si>
   <si>
     <t>SHEPHERD DONALD</t>
   </si>
   <si>
     <t>31-0000600.000</t>
   </si>
   <si>
     <t>SMITH ELLEN J</t>
   </si>
   <si>
     <t>31-0000605.000</t>
   </si>
   <si>
@@ -152,77 +132,50 @@
     <t>31-0000839.000</t>
   </si>
   <si>
     <t>RAY MIKE &amp; DIANNE</t>
   </si>
   <si>
     <t>31-0000841.000</t>
   </si>
   <si>
     <t>RAY DIANE L</t>
   </si>
   <si>
     <t>31-0000842.000</t>
   </si>
   <si>
     <t xml:space="preserve">57781 PELICAN LN  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>31-0000856.000</t>
   </si>
   <si>
     <t>31-0000857.000</t>
   </si>
   <si>
-    <t>31-0001221.000</t>
-[...25 lines deleted...]
-  <si>
     <t>31-0001519.000</t>
   </si>
   <si>
     <t>STEVENS BYRON K &amp; PATRICIA A</t>
   </si>
   <si>
     <t xml:space="preserve">LASHLEY RD  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>31-0001867.000</t>
   </si>
   <si>
     <t>MCVEY CHAD E &amp; CHRISTINA A</t>
   </si>
   <si>
     <t>31-0001969.000</t>
   </si>
   <si>
     <t>MCKOWN JOANNE</t>
   </si>
   <si>
     <t>31-0001984.000</t>
   </si>
   <si>
@@ -242,60 +195,50 @@
   </si>
   <si>
     <t xml:space="preserve">SALEM RD  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>31-0002747.000</t>
   </si>
   <si>
     <t>GIBSON CATHOLIC CHURCH</t>
   </si>
   <si>
     <t>31-0002780.000</t>
   </si>
   <si>
     <t>PRYOR JOHN</t>
   </si>
   <si>
     <t>31-0002807.000</t>
   </si>
   <si>
     <t>ROSE JAMES</t>
   </si>
   <si>
     <t xml:space="preserve">13041 ROBINS RD  
-SENECAVILLE OH 43780</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">60444 APACHE LN  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>31-0002931.000</t>
   </si>
   <si>
     <t>PENN CENTRAL CORP</t>
   </si>
   <si>
     <t>31-0002953.002</t>
   </si>
   <si>
     <t>PATTEN AUCTION &amp; LAND CORP ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">WALHONDING RD  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>31-0003004.007</t>
   </si>
   <si>
     <t>SCHULTE GREGORY M &amp; JENNIFER A</t>
   </si>
   <si>
@@ -422,1032 +365,906 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F46" headerRowCount="1">
-  <autoFilter ref="A1:F46"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F40" headerRowCount="1">
+  <autoFilter ref="A1:F40"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31114&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31412&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31543&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31571&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31572&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31573&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31578&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31579&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31580&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31581&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31583&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31734&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31787&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31789&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31790&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31804&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31805&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32153&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32158&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32159&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32569&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32671&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32685&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33248&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33251&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33289&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33432&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33436&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33464&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45078&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45048&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45456&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45128&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46861&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46481&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46875&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46879&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31114&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31571&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31572&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31573&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31578&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31579&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31580&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31581&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31583&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31734&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31787&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31789&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31790&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31804&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31805&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32569&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32671&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32685&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33248&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33251&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33289&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33436&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33464&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45078&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45048&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45456&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45128&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46861&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46481&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46875&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46879&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F46"/>
+  <dimension ref="A1:F40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="34.44850158691406" customWidth="1"/>
     <col min="3" max="3" width="18.0231876373291" customWidth="1"/>
     <col min="4" max="4" width="21.490354537963867" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>447.18</v>
+        <v>462.08</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>307.03</v>
+        <v>12.7</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E4" s="3">
-        <v>227.15</v>
+        <v>8412.62</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E5" s="3">
-        <v>12.29</v>
+        <v>236.92</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E6" s="3">
-        <v>8141.25</v>
+        <v>6.81</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E7" s="3">
-        <v>229.27</v>
+        <v>8.05</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E8" s="3">
-        <v>6.59</v>
+        <v>8.05</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E9" s="3">
-        <v>7.79</v>
+        <v>20.49</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E10" s="3">
-        <v>7.79</v>
+        <v>131.43</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E11" s="3">
-        <v>19.83</v>
+        <v>1880.44</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="B12" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E12" s="3">
-        <v>127.19</v>
+        <v>103.87</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="E13" s="3">
-        <v>1819.78</v>
+        <v>99.38</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="B14" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E14" s="3">
-        <v>100.52</v>
+        <v>79.44</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E15" s="3">
-        <v>96.17</v>
+        <v>50.02</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E16" s="3">
-        <v>79.44</v>
+        <v>136.73</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E17" s="3">
-        <v>50.02</v>
+        <v>34.33</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="E18" s="3">
-        <v>136.73</v>
+        <v>74.16</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="E19" s="3">
-        <v>34.33</v>
+        <v>15532.32</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="E20" s="3">
-        <v>74.16</v>
+        <v>16.91</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="B21" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="E21" s="3">
-        <v>215.16</v>
+        <v>590.43</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="E22" s="3">
-        <v>1012.84</v>
+        <v>520.12</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="E23" s="3">
-        <v>148.69</v>
+        <v>163.11</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="E24" s="3">
-        <v>15031.29</v>
+        <v>36.29</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="E25" s="3">
-        <v>16.36</v>
+        <v>36.29</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="E26" s="3">
-        <v>571.39</v>
+        <v>116.99</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="E27" s="3">
-        <v>503.35</v>
+        <v>1199.23</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="E28" s="3">
-        <v>157.85</v>
+        <v>36.29</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="B29" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E29" s="3">
-        <v>35.12</v>
+        <v>297.34</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D30" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="B30" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E30" s="3">
-        <v>35.12</v>
+        <v>250.76</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="B31" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="B31" s="0" t="s">
+      <c r="C31" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D31" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="C31" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E31" s="3">
-        <v>113.22</v>
+        <v>1080.63</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D32" s="1" t="s">
+      <c r="D32" s="0" t="s">
         <v>74</v>
       </c>
       <c r="E32" s="3">
-        <v>1160.55</v>
+        <v>299.18</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D33" s="1" t="s">
+      <c r="D33" s="0" t="s">
         <v>77</v>
       </c>
       <c r="E33" s="3">
-        <v>2661.71</v>
+        <v>138.71</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>79</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D34" s="1" t="s">
-        <v>19</v>
+      <c r="D34" s="0" t="s">
+        <v>80</v>
       </c>
       <c r="E34" s="3">
-        <v>35.12</v>
+        <v>2089.59</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D35" s="1" t="s">
-        <v>82</v>
+      <c r="D35" s="0" t="s">
+        <v>83</v>
       </c>
       <c r="E35" s="3">
-        <v>287.76</v>
+        <v>1639.32</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D36" s="1" t="s">
-        <v>85</v>
+      <c r="D36" s="0" t="s">
+        <v>86</v>
       </c>
       <c r="E36" s="3">
-        <v>242.68</v>
+        <v>1521.34</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="E37" s="3">
-        <v>1052.56</v>
+        <v>88.97</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E38" s="3">
-        <v>291.41</v>
+        <v>3727.85</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>94</v>
       </c>
       <c r="E39" s="3">
-        <v>138.71</v>
+        <v>357.97</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>97</v>
       </c>
       <c r="E40" s="3">
-        <v>2035.32</v>
+        <v>1439.85</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>10</v>
-[...118 lines deleted...]
-      <c r="F46" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
     <hyperlink ref="F25" r:id="rId25"/>
     <hyperlink ref="F26" r:id="rId26"/>
     <hyperlink ref="F27" r:id="rId27"/>
     <hyperlink ref="F28" r:id="rId28"/>
     <hyperlink ref="F29" r:id="rId29"/>
     <hyperlink ref="F30" r:id="rId30"/>
     <hyperlink ref="F31" r:id="rId31"/>
     <hyperlink ref="F32" r:id="rId32"/>
     <hyperlink ref="F33" r:id="rId33"/>
     <hyperlink ref="F34" r:id="rId34"/>
     <hyperlink ref="F35" r:id="rId35"/>
     <hyperlink ref="F36" r:id="rId36"/>
     <hyperlink ref="F37" r:id="rId37"/>
     <hyperlink ref="F38" r:id="rId38"/>
     <hyperlink ref="F39" r:id="rId39"/>
     <hyperlink ref="F40" r:id="rId40"/>
-    <hyperlink ref="F41" r:id="rId41"/>
-[...4 lines deleted...]
-    <hyperlink ref="F46" r:id="rId46"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>