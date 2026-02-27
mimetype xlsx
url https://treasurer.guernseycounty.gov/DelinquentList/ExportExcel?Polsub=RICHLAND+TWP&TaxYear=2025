--- v0 (2026-01-10)
+++ v1 (2026-02-27)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="394" uniqueCount="394">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="335" uniqueCount="335">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>33-0000002.000</t>
   </si>
   <si>
     <t>MILLER WILLIS M</t>
   </si>
   <si>
@@ -73,185 +73,122 @@
 SALESVILLE OH 43778</t>
   </si>
   <si>
     <t>330001</t>
   </si>
   <si>
     <t>BROGAN KEVIN JAMES</t>
   </si>
   <si>
     <t>19177 NEW GOTTENGEN RD</t>
   </si>
   <si>
     <t>31-0000103.002</t>
   </si>
   <si>
     <t>FANNIN TERRY A</t>
   </si>
   <si>
     <t>ROLLING HILLS LSD</t>
   </si>
   <si>
     <t xml:space="preserve">59045 CHERRY HILL RD  
 BYESVILLE OH 43723</t>
   </si>
   <si>
-    <t>31-0000109.000</t>
-[...8 lines deleted...]
-  <si>
     <t>31-0000163.000</t>
   </si>
   <si>
     <t>HOMAN JOHN T</t>
   </si>
   <si>
     <t xml:space="preserve">18865 LASHLEY RD  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
-    <t>31-0000206.000</t>
-[...8 lines deleted...]
-  <si>
     <t>31-0000264.008</t>
   </si>
   <si>
     <t>WUKELICH CLARA &amp; TONYA POLAND &amp; AMANDA TROTT</t>
   </si>
   <si>
     <t xml:space="preserve">59523 HONEYBEE RD  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
-    <t>31-0000264.017</t>
-[...8 lines deleted...]
-  <si>
     <t>31-0000275.000</t>
   </si>
   <si>
     <t>KONCHAR MARY TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">LASHLEY RD  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>31-0000276.000</t>
   </si>
   <si>
     <t xml:space="preserve">58325 LASHLEY RD  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>31-0000326.000</t>
   </si>
   <si>
     <t>HECKMAN FLORA BELLE</t>
   </si>
   <si>
     <t xml:space="preserve">23991 CAMPBELL RD  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
-    <t>31-0000342.013</t>
-[...18 lines deleted...]
-  <si>
     <t>31-0000390.002</t>
   </si>
   <si>
     <t>KBBBM LLC</t>
   </si>
   <si>
     <t xml:space="preserve">ROBINS RD  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>31-0000454.001</t>
   </si>
   <si>
     <t>ROBBINETTE CHRISTINA</t>
   </si>
   <si>
     <t xml:space="preserve">58201 NIGHTHAWK RD  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>31-0000454.009</t>
   </si>
   <si>
     <t xml:space="preserve">58215 NIGHTHAWK RD  
 SENECAVILLE OH 43780</t>
-  </si>
-[...11 lines deleted...]
-    <t>WITT CHRISTOPHER J &amp; VANESSA G</t>
   </si>
   <si>
     <t>31-0000555.009</t>
   </si>
   <si>
     <t>SMITH ROGER K</t>
   </si>
   <si>
     <t xml:space="preserve">13687 CATBIRD RD  
 BYESVILLE OH 43723</t>
   </si>
   <si>
     <t>31-0000555.015</t>
   </si>
   <si>
     <t>SMITH DEBORAH A</t>
   </si>
   <si>
     <t xml:space="preserve">13695 CATBIRD RD  
 BYESVILLE OH 43723</t>
   </si>
   <si>
     <t>31-0000595.000</t>
   </si>
   <si>
@@ -307,149 +244,104 @@
   <si>
     <t xml:space="preserve">58369 LASHLEY RD  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>31-0000767.000</t>
   </si>
   <si>
     <t>BORLAND DESSIE M</t>
   </si>
   <si>
     <t xml:space="preserve">57642 PELICAN LN  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>31-0000772.000</t>
   </si>
   <si>
     <t>BUSHONG MELVIN A</t>
   </si>
   <si>
     <t xml:space="preserve">PELICAN LN  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
-    <t>31-0000794.000</t>
-[...26 lines deleted...]
-  <si>
     <t>31-0000804.000</t>
   </si>
   <si>
     <t>CARLISLE BERNIE</t>
   </si>
   <si>
-    <t>31-0000821.000</t>
-[...5 lines deleted...]
-  <si>
     <t>31-0000822.000</t>
   </si>
   <si>
     <t>31-0000839.000</t>
   </si>
   <si>
     <t>RAY MIKE &amp; DIANNE</t>
   </si>
   <si>
     <t>31-0000841.000</t>
   </si>
   <si>
     <t>RAY DIANE L</t>
   </si>
   <si>
     <t>31-0000842.000</t>
   </si>
   <si>
     <t xml:space="preserve">57781 PELICAN LN  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>31-0000846.000</t>
   </si>
   <si>
     <t>DYER NANCY L &amp; NETTIE M HUPP</t>
   </si>
   <si>
     <t xml:space="preserve">57819 PELICAN LN  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>31-0000847.000</t>
   </si>
   <si>
     <t>31-0000848.000</t>
   </si>
   <si>
     <t>31-0000856.000</t>
   </si>
   <si>
     <t>31-0000857.000</t>
   </si>
   <si>
     <t>31-0000861.000</t>
   </si>
   <si>
     <t>31-0000862.000</t>
-  </si>
-[...8 lines deleted...]
-SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>31-0000914.000</t>
   </si>
   <si>
     <t>CLARY MARY M</t>
   </si>
   <si>
     <t xml:space="preserve">CHERRY HILL RD  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>31-0000915.000</t>
   </si>
   <si>
     <t>31-0001071.000</t>
   </si>
   <si>
     <t>REDMAN JACQUE A &amp; DOUG &amp;</t>
   </si>
   <si>
     <t xml:space="preserve">58352 LASHLEY RD  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
@@ -610,90 +502,68 @@
   <si>
     <t>31-0001908.000</t>
   </si>
   <si>
     <t>ADAMSON MAURY L &amp; LEITHA S</t>
   </si>
   <si>
     <t>31-0001909.000</t>
   </si>
   <si>
     <t>ADAMSON MAURY</t>
   </si>
   <si>
     <t>31-0001969.000</t>
   </si>
   <si>
     <t>MCKOWN JOANNE</t>
   </si>
   <si>
     <t>31-0001984.000</t>
   </si>
   <si>
     <t>MARTIN DANA K</t>
   </si>
   <si>
-    <t>31-0001987.000</t>
-[...10 lines deleted...]
-  <si>
     <t>31-0002118.000</t>
   </si>
   <si>
     <t>PERKO FRANK &amp; JULIE A</t>
   </si>
   <si>
     <t>31-0002130.000</t>
   </si>
   <si>
     <t>SHUSTER CHRISTOPHER E</t>
   </si>
   <si>
     <t>31-0002243.000</t>
   </si>
   <si>
     <t>WAGNER STEVEN A</t>
   </si>
   <si>
-    <t>31-0002398.000</t>
-[...8 lines deleted...]
-  <si>
     <t>31-0002512.000</t>
   </si>
   <si>
     <t>MYERS RUSTY W ET AL</t>
   </si>
   <si>
     <t xml:space="preserve">57758 SALEM RD  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>31-0002576.000</t>
   </si>
   <si>
     <t>PODOBNIK DAWN M</t>
   </si>
   <si>
     <t xml:space="preserve">58340 LASHLEY RD  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>31-0002633.000</t>
   </si>
   <si>
     <t>W &amp; J LIVING TRUST ET AL</t>
   </si>
@@ -791,72 +661,60 @@
   </si>
   <si>
     <t>PENN CENTRAL CORP</t>
   </si>
   <si>
     <t>31-0002950.000</t>
   </si>
   <si>
     <t>RUNNION LEVI D</t>
   </si>
   <si>
     <t xml:space="preserve">15170 SECREST LN  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>31-0002953.002</t>
   </si>
   <si>
     <t>PATTEN AUCTION &amp; LAND CORP ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">WALHONDING RD  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
-    <t>31-0002953.039</t>
-[...14 lines deleted...]
-  <si>
     <t>31-0003004.007</t>
   </si>
   <si>
     <t>SCHULTE GREGORY M &amp; JENNIFER A</t>
   </si>
   <si>
+    <t xml:space="preserve">SPARROW RD  
+SENECAVILLE OH 43780</t>
+  </si>
+  <si>
     <t>31-0003049.000</t>
   </si>
   <si>
     <t>31-0003150.000</t>
   </si>
   <si>
     <t>WILLISON RAYMOND</t>
   </si>
   <si>
     <t xml:space="preserve">57150 WINTERGREEN RD  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>311375</t>
   </si>
   <si>
     <t>HALL DEAN</t>
   </si>
   <si>
     <t>59116 CHERRY HILL RD</t>
   </si>
   <si>
     <t>311392</t>
   </si>
   <si>
@@ -886,59 +744,50 @@
   <si>
     <t>DRUMM JOHN E</t>
   </si>
   <si>
     <t>18849 LASHLEY RD</t>
   </si>
   <si>
     <t>311510</t>
   </si>
   <si>
     <t>MYERS RON</t>
   </si>
   <si>
     <t>57758 SALEM RD</t>
   </si>
   <si>
     <t>311512</t>
   </si>
   <si>
     <t>ARMENTROUT WM DALE</t>
   </si>
   <si>
     <t>58579 SOGGY RUN RD</t>
   </si>
   <si>
-    <t>311518</t>
-[...7 lines deleted...]
-  <si>
     <t>311542</t>
   </si>
   <si>
     <t>BYLER DANIEL J</t>
   </si>
   <si>
     <t>NOT ON FILE</t>
   </si>
   <si>
     <t>311582</t>
   </si>
   <si>
     <t>ARMENTROUT GEORGIANN L</t>
   </si>
   <si>
     <t>311598</t>
   </si>
   <si>
     <t>CAMPBELL BRENDA</t>
   </si>
   <si>
     <t>60232 CHERRY HILL RD</t>
   </si>
   <si>
     <t>311648</t>
@@ -955,138 +804,116 @@
   <si>
     <t>YANTES CHRISTINA &amp; MARK</t>
   </si>
   <si>
     <t>58215 NIGHTHAWK RD</t>
   </si>
   <si>
     <t>311662</t>
   </si>
   <si>
     <t>YANTES CHRISTINA L</t>
   </si>
   <si>
     <t>58201 NIGHTHAWK RD</t>
   </si>
   <si>
     <t>311667</t>
   </si>
   <si>
     <t>STONEY GREGORY</t>
   </si>
   <si>
     <t>59330 CHERRY HILL RD</t>
   </si>
   <si>
-    <t>311674</t>
-[...7 lines deleted...]
-  <si>
     <t>311689</t>
   </si>
   <si>
     <t>MALLETT DANNY</t>
   </si>
   <si>
     <t>13355 CONQUER HILL RD</t>
   </si>
   <si>
     <t>31-9999999.000</t>
   </si>
   <si>
     <t>UNKNOWN</t>
-  </si>
-[...8 lines deleted...]
-LORE CITY OH 43755</t>
   </si>
   <si>
     <t>34-0000055.000</t>
   </si>
   <si>
     <t>MCCLINTOCK RONALD E JR &amp; TRAVIS MCCLINTOCK</t>
   </si>
   <si>
     <t xml:space="preserve">150 MAIN ST  
 LORE CITY OH 43755</t>
   </si>
   <si>
     <t>35-0000002.000</t>
   </si>
   <si>
     <t>BAKER DOUGLAS A</t>
   </si>
   <si>
     <t xml:space="preserve">241 HIGH ST  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>35-0000012.000</t>
   </si>
   <si>
     <t>ENDLEY PATRICK C &amp; DEBORAH A</t>
   </si>
   <si>
     <t xml:space="preserve">235 CHURCH ST  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>35-0000039.000</t>
   </si>
   <si>
-    <t>WILLIAMS CLAYTON LYNN &amp; REGINA</t>
+    <t>STATE OF OHIO - FORFEITED LAND</t>
   </si>
   <si>
     <t xml:space="preserve">236 HIGH ST  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>35-0000043.000</t>
   </si>
   <si>
     <t>CALVERT CHARLES JOSEPH &amp; BRENDA SUE</t>
   </si>
   <si>
     <t xml:space="preserve">147 HIGH ST  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>35-0000068.000</t>
-  </si>
-[...1 lines deleted...]
-    <t>STATE OF OHIO - FORFEITED LAND</t>
   </si>
   <si>
     <t xml:space="preserve">108 MILL ST  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>35-0000072.000</t>
   </si>
   <si>
     <t>OCONNER ASHLEY &amp; SEAN</t>
   </si>
   <si>
     <t xml:space="preserve">144 MILL ST  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>35-0000082.000</t>
   </si>
   <si>
     <t>JACKSON RALPH E JR</t>
   </si>
   <si>
     <t xml:space="preserve">152 MILL ST  
 SENECAVILLE OH 43780</t>
   </si>
@@ -1124,70 +951,50 @@
   <si>
     <t>35-0000153.000</t>
   </si>
   <si>
     <t>UNITED STATES POSTAL SERVICE</t>
   </si>
   <si>
     <t xml:space="preserve">206 HIGH ST  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>35-0000156.000</t>
   </si>
   <si>
     <t>NEININGER DENNIS E II</t>
   </si>
   <si>
     <t xml:space="preserve">335 HIGH ST  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>35-0000176.000</t>
   </si>
   <si>
     <t xml:space="preserve">333 HIGH ST  
-SENECAVILLE OH 43780</t>
-[...18 lines deleted...]
-    <t xml:space="preserve">226 HIGH ST  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>35-0000277.000</t>
   </si>
   <si>
     <t>WILLEY DARWIN &amp; CAROLYN</t>
   </si>
   <si>
     <t xml:space="preserve">233 CHURCH ST  
 SENECAVILLE OH 43780</t>
   </si>
   <si>
     <t>35-0000430.000</t>
   </si>
   <si>
     <t>SENECAVILLE PRESB CHURCH INC</t>
   </si>
   <si>
     <t>35-0000437.000</t>
   </si>
   <si>
     <t>BURRIS DEVIN LEVI</t>
   </si>
   <si>
@@ -1326,70 +1133,70 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F161" headerRowCount="1">
-  <autoFilter ref="A1:F161"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F137" headerRowCount="1">
+  <autoFilter ref="A1:F137"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34038&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34060&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46486&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31040&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31114&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31137&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31216&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31225&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31232&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31284&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31304&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31305&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31306&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=47284&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31410&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31418&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31475&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31533&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31543&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31549&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31571&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31572&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31573&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31578&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31579&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31580&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31581&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31583&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31685&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31696&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31715&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31720&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31742&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31743&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31744&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31745&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31752&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31769&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31770&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31787&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31789&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31790&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31794&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31795&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31796&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31804&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31805&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31809&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31810&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31854&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31861&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31862&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32003&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32055&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32124&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32125&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32154&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32161&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32170&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32171&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32315&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32321&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32326&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32395&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32424&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32458&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32471&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32495&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32500&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32523&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32543&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32551&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32569&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32574&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32575&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32604&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32610&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32611&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32671&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32685&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32688&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32711&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32782&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32794&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32910&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33003&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33079&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33166&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33186&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33189&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33248&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33251&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33268&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33271&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33275&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33277&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33284&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33289&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33374&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33402&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33436&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33456&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33464&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33501&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33561&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33593&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33625&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33696&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45593&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45078&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45048&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46618&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45456&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45101&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45128&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45154&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45501&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46861&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46481&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46875&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45992&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46107&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46879&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46256&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=44985&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=47699&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34108&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34146&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34193&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34212&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34215&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34240&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34244&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34252&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34260&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34286&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34305&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34315&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34318&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34338&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34339&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34423&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34429&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34578&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34585&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34613&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34638&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34659&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34666&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34676&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34698&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34730&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=44984&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45139&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46488&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=47827&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34038&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34060&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46486&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31040&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31114&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31216&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31232&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31284&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=47284&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31410&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31418&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31543&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31549&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31571&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31572&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31573&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31578&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31579&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31580&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31581&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31583&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31685&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31696&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31715&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31720&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31752&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31770&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31787&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31789&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31790&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31794&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31795&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31796&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31804&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31805&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31809&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31810&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31861&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=31862&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32003&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32055&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32124&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32125&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32154&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32161&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32170&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32171&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32315&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32321&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32326&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32395&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32424&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32458&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32471&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32495&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32500&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32523&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32543&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32551&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32569&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32574&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32575&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32604&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32610&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32611&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32671&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32685&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32782&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32794&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=32910&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33079&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33166&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33186&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33189&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33248&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33251&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33268&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33271&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33275&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33277&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33284&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33289&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33374&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33402&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33436&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33456&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33464&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33593&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33625&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=33696&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45593&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45078&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45048&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46618&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45456&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45101&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45128&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45501&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46861&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46481&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46875&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45992&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46107&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46879&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=44985&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=47699&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34146&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34193&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34212&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34215&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34240&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34244&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34252&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34260&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34286&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34305&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34315&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34318&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34338&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34429&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34578&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34585&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34613&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34638&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34659&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34666&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34676&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34698&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=34730&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=44984&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45139&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46488&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=47827&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F161"/>
+  <dimension ref="A1:F137"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="50.594512939453125" customWidth="1"/>
     <col min="3" max="3" width="19.422740936279297" customWidth="1"/>
     <col min="4" max="4" width="26.362192153930664" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -1473,3153 +1280,2673 @@
       </c>
       <c r="D5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="3">
         <v>134.62</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E6" s="3">
-        <v>582.82</v>
+        <v>603.79</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E7" s="3">
-        <v>603.79</v>
+        <v>563.4</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E8" s="3">
-        <v>1.14</v>
+        <v>26.17</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B9" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D9" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="C9" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E9" s="3">
-        <v>563.4</v>
+        <v>50.19</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="B10" s="0" t="s">
+      <c r="C10" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D10" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="C10" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E10" s="3">
-        <v>10.44</v>
+        <v>1642.88</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="B11" s="0" t="s">
+      <c r="C11" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D11" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C11" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E11" s="3">
-        <v>26.17</v>
+        <v>150.37</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="B12" s="0" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="3">
-        <v>50.19</v>
+        <v>2004.15</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D13" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="C13" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E13" s="3">
-        <v>1642.88</v>
+        <v>542.05</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="B14" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="B14" s="0" t="s">
+      <c r="C14" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="C14" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E14" s="3">
-        <v>27.88</v>
+        <v>1411.04</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B15" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="B15" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E15" s="3">
-        <v>184.83</v>
+        <v>215.18</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E16" s="3">
-        <v>60.69</v>
+        <v>24.25</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B17" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D17" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="C17" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E17" s="3">
-        <v>150.37</v>
+        <v>8555.65</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="E18" s="3">
-        <v>2004.15</v>
+        <v>254.49</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="E19" s="3">
-        <v>542.05</v>
+        <v>12.99</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="E20" s="3">
-        <v>205.98</v>
+        <v>15.26</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="E21" s="3">
-        <v>182.3</v>
+        <v>15.26</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>64</v>
+        <v>51</v>
       </c>
       <c r="E22" s="3">
-        <v>1621.04</v>
+        <v>39.19</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>67</v>
+        <v>51</v>
       </c>
       <c r="E23" s="3">
-        <v>215.18</v>
+        <v>251.38</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>69</v>
+        <v>28</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="E24" s="3">
-        <v>24.25</v>
+        <v>424.88</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="E25" s="3">
-        <v>8555.65</v>
+        <v>3197.8</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E26" s="3">
-        <v>254.49</v>
+        <v>1433.39</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E27" s="3">
-        <v>12.99</v>
+        <v>210.66</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E28" s="3">
-        <v>15.26</v>
+        <v>14.01</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E29" s="3">
-        <v>15.26</v>
+        <v>9.8</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E30" s="3">
-        <v>39.19</v>
+        <v>187.56</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E31" s="3">
-        <v>251.38</v>
+        <v>158.44</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D32" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="B32" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E32" s="3">
-        <v>424.88</v>
+        <v>434.43</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="B33" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="B33" s="0" t="s">
+      <c r="C33" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D33" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="C33" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E33" s="3">
-        <v>3197.8</v>
+        <v>182.45</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>88</v>
+        <v>72</v>
       </c>
       <c r="E34" s="3">
-        <v>1433.39</v>
+        <v>92.52</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>91</v>
+        <v>72</v>
       </c>
       <c r="E35" s="3">
-        <v>210.66</v>
+        <v>64.91</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>61</v>
+        <v>79</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>93</v>
+        <v>72</v>
       </c>
       <c r="E36" s="3">
-        <v>106.79</v>
+        <v>108.49</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>61</v>
+        <v>79</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>95</v>
+        <v>72</v>
       </c>
       <c r="E37" s="3">
-        <v>104.39</v>
+        <v>231.74</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>97</v>
+        <v>72</v>
       </c>
       <c r="E38" s="3">
-        <v>104.39</v>
+        <v>98.5</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="E39" s="3">
-        <v>313.93</v>
+        <v>76.2</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>101</v>
+        <v>92</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E40" s="3">
-        <v>14.01</v>
+        <v>34.66</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>101</v>
+        <v>92</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="E41" s="3">
-        <v>185.41</v>
+        <v>32.26</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>104</v>
+        <v>95</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="E42" s="3">
-        <v>9.8</v>
+        <v>200.45</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="E43" s="3">
-        <v>187.56</v>
+        <v>1134.65</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>91</v>
+        <v>103</v>
       </c>
       <c r="E44" s="3">
-        <v>158.44</v>
+        <v>450.93</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="E45" s="3">
-        <v>434.43</v>
+        <v>118.74</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="E46" s="3">
-        <v>182.45</v>
+        <v>421.31</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>91</v>
+        <v>108</v>
       </c>
       <c r="E47" s="3">
-        <v>92.52</v>
+        <v>107.51</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B48" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D48" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="C48" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E48" s="3">
-        <v>64.91</v>
+        <v>667.37</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="E49" s="3">
-        <v>108.49</v>
+        <v>111.81</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>91</v>
+        <v>29</v>
       </c>
       <c r="E50" s="3">
-        <v>231.74</v>
+        <v>196.96</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="B51" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="B51" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>91</v>
+        <v>29</v>
       </c>
       <c r="E51" s="3">
-        <v>98.5</v>
+        <v>15676.72</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>91</v>
+        <v>121</v>
       </c>
       <c r="E52" s="3">
-        <v>76.2</v>
+        <v>1107.47</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>122</v>
+        <v>29</v>
       </c>
       <c r="E53" s="3">
-        <v>8.99</v>
+        <v>7.32</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>125</v>
+        <v>29</v>
       </c>
       <c r="E54" s="3">
-        <v>34.66</v>
+        <v>243.33</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>126</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>125</v>
+        <v>29</v>
       </c>
       <c r="E55" s="3">
-        <v>32.26</v>
+        <v>259.1</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>129</v>
+        <v>29</v>
       </c>
       <c r="E56" s="3">
-        <v>200.45</v>
+        <v>195.67</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>132</v>
       </c>
       <c r="E57" s="3">
-        <v>1134.65</v>
+        <v>3073.75</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>133</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>134</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>135</v>
+        <v>29</v>
       </c>
       <c r="E58" s="3">
-        <v>450.93</v>
+        <v>4.53</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="B59" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="B59" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>137</v>
+        <v>29</v>
       </c>
       <c r="E59" s="3">
-        <v>118.74</v>
+        <v>7.44</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="B60" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="B60" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>140</v>
+        <v>29</v>
       </c>
       <c r="E60" s="3">
-        <v>421.31</v>
+        <v>147.4</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>139</v>
+        <v>116</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>140</v>
+        <v>29</v>
       </c>
       <c r="E61" s="3">
-        <v>107.51</v>
+        <v>147.48</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>144</v>
+        <v>29</v>
       </c>
       <c r="E62" s="3">
-        <v>667.37</v>
+        <v>161.31</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>143</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>146</v>
+        <v>29</v>
       </c>
       <c r="E63" s="3">
-        <v>111.81</v>
+        <v>144.4</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="E64" s="3">
-        <v>196.96</v>
+        <v>179.59</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="E65" s="3">
-        <v>15676.72</v>
+        <v>175.21</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>153</v>
+        <v>29</v>
       </c>
       <c r="E66" s="3">
-        <v>1107.47</v>
+        <v>144.4</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="E67" s="3">
-        <v>7.32</v>
+        <v>152.56</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="E68" s="3">
-        <v>243.33</v>
+        <v>763.24</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="E69" s="3">
-        <v>259.1</v>
+        <v>781.04</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="E70" s="3">
-        <v>195.67</v>
+        <v>163.05</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>164</v>
+        <v>29</v>
       </c>
       <c r="E71" s="3">
-        <v>3073.75</v>
+        <v>187.9</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="E72" s="3">
-        <v>4.53</v>
+        <v>9.63</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>38</v>
+        <v>163</v>
       </c>
       <c r="E73" s="3">
-        <v>7.44</v>
+        <v>15.36</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>38</v>
+        <v>166</v>
       </c>
       <c r="E74" s="3">
-        <v>147.4</v>
+        <v>295.63</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>148</v>
+        <v>168</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>38</v>
+        <v>169</v>
       </c>
       <c r="E75" s="3">
-        <v>147.48</v>
+        <v>1122.74</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>38</v>
+        <v>171</v>
       </c>
       <c r="E76" s="3">
-        <v>161.31</v>
+        <v>6.53</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="B77" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D77" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="B77" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E77" s="3">
-        <v>144.4</v>
+        <v>38.69</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="B78" s="0" t="s">
         <v>176</v>
       </c>
-      <c r="B78" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>38</v>
+        <v>174</v>
       </c>
       <c r="E78" s="3">
-        <v>179.59</v>
+        <v>36.29</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>178</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>38</v>
+        <v>179</v>
       </c>
       <c r="E79" s="3">
-        <v>175.21</v>
+        <v>517.84</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="E80" s="3">
-        <v>144.4</v>
+        <v>313.47</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>38</v>
+        <v>184</v>
       </c>
       <c r="E81" s="3">
-        <v>152.56</v>
+        <v>2944.11</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>184</v>
+        <v>65</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="E82" s="3">
-        <v>763.24</v>
+        <v>120.69</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>38</v>
+        <v>179</v>
       </c>
       <c r="E83" s="3">
-        <v>781.04</v>
+        <v>1895.24</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>187</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>188</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>38</v>
+        <v>189</v>
       </c>
       <c r="E84" s="3">
-        <v>64.19</v>
+        <v>2433.09</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>38</v>
+        <v>192</v>
       </c>
       <c r="E85" s="3">
-        <v>330.57</v>
+        <v>2.27</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>38</v>
+        <v>195</v>
       </c>
       <c r="E86" s="3">
-        <v>208.05</v>
+        <v>0.12</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="E87" s="3">
-        <v>187.9</v>
+        <v>38.69</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>38</v>
+        <v>200</v>
       </c>
       <c r="E88" s="3">
-        <v>9.63</v>
+        <v>329.58</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="E89" s="3">
-        <v>2.42</v>
+        <v>299.74</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="E90" s="3">
-        <v>15.36</v>
+        <v>305.41</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>204</v>
+        <v>178</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>205</v>
+        <v>179</v>
       </c>
       <c r="E91" s="3">
-        <v>295.63</v>
+        <v>2.42</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="E92" s="3">
-        <v>1122.74</v>
+        <v>41.85</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D93" s="1" t="s">
-        <v>210</v>
+      <c r="D93" s="0" t="s">
+        <v>213</v>
       </c>
       <c r="E93" s="3">
-        <v>6.53</v>
+        <v>1080.63</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D94" s="1" t="s">
-        <v>213</v>
+      <c r="D94" s="0" t="s">
+        <v>216</v>
       </c>
       <c r="E94" s="3">
-        <v>38.69</v>
+        <v>341.87</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D95" s="1" t="s">
-        <v>213</v>
+      <c r="D95" s="0" t="s">
+        <v>219</v>
       </c>
       <c r="E95" s="3">
-        <v>36.29</v>
+        <v>180.59</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>217</v>
+        <v>120</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D96" s="1" t="s">
-        <v>218</v>
+      <c r="D96" s="0" t="s">
+        <v>221</v>
       </c>
       <c r="E96" s="3">
-        <v>517.84</v>
+        <v>60.98</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D97" s="1" t="s">
-        <v>38</v>
+      <c r="D97" s="0" t="s">
+        <v>224</v>
       </c>
       <c r="E97" s="3">
-        <v>313.47</v>
+        <v>2218.46</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D98" s="1" t="s">
-        <v>223</v>
+      <c r="D98" s="0" t="s">
+        <v>227</v>
       </c>
       <c r="E98" s="3">
-        <v>2944.11</v>
+        <v>42.69</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>84</v>
+        <v>229</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D99" s="1" t="s">
-        <v>38</v>
+      <c r="D99" s="0" t="s">
+        <v>230</v>
       </c>
       <c r="E99" s="3">
-        <v>120.69</v>
+        <v>1682.01</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D100" s="1" t="s">
-        <v>218</v>
+      <c r="D100" s="0" t="s">
+        <v>233</v>
       </c>
       <c r="E100" s="3">
-        <v>1895.24</v>
+        <v>1564.03</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D101" s="1" t="s">
-        <v>228</v>
+      <c r="D101" s="0" t="s">
+        <v>230</v>
       </c>
       <c r="E101" s="3">
-        <v>2433.09</v>
+        <v>131.66</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D102" s="1" t="s">
-        <v>231</v>
+      <c r="D102" s="0" t="s">
+        <v>238</v>
       </c>
       <c r="E102" s="3">
-        <v>2.27</v>
+        <v>3820.72</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D103" s="1" t="s">
-        <v>234</v>
+      <c r="D103" s="0" t="s">
+        <v>241</v>
       </c>
       <c r="E103" s="3">
-        <v>0.12</v>
+        <v>667.53</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D104" s="1" t="s">
-        <v>70</v>
+      <c r="D104" s="0" t="s">
+        <v>244</v>
       </c>
       <c r="E104" s="3">
-        <v>38.69</v>
+        <v>31.58</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>238</v>
+        <v>246</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D105" s="1" t="s">
-        <v>239</v>
+      <c r="D105" s="0" t="s">
+        <v>247</v>
       </c>
       <c r="E105" s="3">
-        <v>329.58</v>
+        <v>79.01</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>240</v>
+        <v>248</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>241</v>
+        <v>249</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D106" s="1" t="s">
-        <v>242</v>
+      <c r="D106" s="0" t="s">
+        <v>250</v>
       </c>
       <c r="E106" s="3">
-        <v>299.74</v>
+        <v>2287.32</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>243</v>
+        <v>251</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>244</v>
+        <v>252</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D107" s="1" t="s">
-        <v>242</v>
+      <c r="D107" s="0" t="s">
+        <v>253</v>
       </c>
       <c r="E107" s="3">
-        <v>10.87</v>
+        <v>155.19</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>245</v>
+        <v>254</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>246</v>
+        <v>255</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>247</v>
+        <v>51</v>
       </c>
       <c r="E108" s="3">
-        <v>316.68</v>
+        <v>2.4</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>248</v>
+        <v>256</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>122</v>
+        <v>258</v>
       </c>
       <c r="E109" s="3">
-        <v>305.41</v>
+        <v>367.12</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>217</v>
+        <v>260</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>218</v>
+        <v>261</v>
       </c>
       <c r="E110" s="3">
-        <v>2.42</v>
+        <v>70.43</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>251</v>
+        <v>262</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>252</v>
+        <v>263</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="E111" s="3">
-        <v>41.85</v>
+        <v>247.03</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>254</v>
+        <v>265</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>255</v>
+        <v>266</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D112" s="0" t="s">
-        <v>256</v>
+      <c r="D112" s="1" t="s">
+        <v>267</v>
       </c>
       <c r="E112" s="3">
-        <v>1080.63</v>
+        <v>28009.1</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D113" s="0" t="s">
-        <v>259</v>
+      <c r="D113" s="1" t="s">
+        <v>270</v>
       </c>
       <c r="E113" s="3">
-        <v>341.87</v>
+        <v>341.64</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>260</v>
+        <v>271</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D114" s="0" t="s">
-        <v>262</v>
+      <c r="D114" s="1" t="s">
+        <v>272</v>
       </c>
       <c r="E114" s="3">
-        <v>180.59</v>
+        <v>36563.5</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>152</v>
+        <v>274</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D115" s="0" t="s">
-        <v>264</v>
+      <c r="D115" s="1" t="s">
+        <v>275</v>
       </c>
       <c r="E115" s="3">
-        <v>60.98</v>
+        <v>404.1</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>265</v>
+        <v>276</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>266</v>
+        <v>277</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D116" s="0" t="s">
-        <v>267</v>
+      <c r="D116" s="1" t="s">
+        <v>278</v>
       </c>
       <c r="E116" s="3">
-        <v>2218.46</v>
+        <v>563.46</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>268</v>
+        <v>279</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>269</v>
+        <v>199</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D117" s="0" t="s">
-        <v>270</v>
+      <c r="D117" s="1" t="s">
+        <v>280</v>
       </c>
       <c r="E117" s="3">
-        <v>42.69</v>
+        <v>34.12</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>272</v>
+        <v>199</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D118" s="0" t="s">
-        <v>273</v>
+      <c r="D118" s="1" t="s">
+        <v>282</v>
       </c>
       <c r="E118" s="3">
-        <v>1682.01</v>
+        <v>56.09</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>275</v>
+        <v>284</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D119" s="0" t="s">
-        <v>276</v>
+      <c r="D119" s="1" t="s">
+        <v>285</v>
       </c>
       <c r="E119" s="3">
-        <v>0.59</v>
+        <v>54.27</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>277</v>
+        <v>286</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D120" s="0" t="s">
-        <v>279</v>
+      <c r="D120" s="1" t="s">
+        <v>287</v>
       </c>
       <c r="E120" s="3">
-        <v>1564.03</v>
+        <v>881.41</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>280</v>
+        <v>288</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D121" s="0" t="s">
-        <v>273</v>
+      <c r="D121" s="1" t="s">
+        <v>290</v>
       </c>
       <c r="E121" s="3">
-        <v>131.66</v>
+        <v>4.77</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>283</v>
+        <v>292</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D122" s="0" t="s">
-        <v>284</v>
+      <c r="D122" s="1" t="s">
+        <v>293</v>
       </c>
       <c r="E122" s="3">
-        <v>3820.72</v>
+        <v>260.41</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>285</v>
+        <v>294</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D123" s="0" t="s">
-        <v>287</v>
+      <c r="D123" s="1" t="s">
+        <v>295</v>
       </c>
       <c r="E123" s="3">
-        <v>667.53</v>
+        <v>1533.15</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D124" s="0" t="s">
-        <v>290</v>
+      <c r="D124" s="1" t="s">
+        <v>298</v>
       </c>
       <c r="E124" s="3">
-        <v>31.58</v>
+        <v>810.51</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D125" s="0" t="s">
-        <v>293</v>
+      <c r="D125" s="1" t="s">
+        <v>285</v>
       </c>
       <c r="E125" s="3">
-        <v>79.01</v>
+        <v>37.9</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D126" s="0" t="s">
-        <v>296</v>
+      <c r="D126" s="1" t="s">
+        <v>303</v>
       </c>
       <c r="E126" s="3">
-        <v>2287.32</v>
+        <v>82.96</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D127" s="0" t="s">
-        <v>299</v>
+      <c r="D127" s="1" t="s">
+        <v>306</v>
       </c>
       <c r="E127" s="3">
-        <v>351.4</v>
+        <v>1921.33</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D128" s="0" t="s">
-        <v>302</v>
+      <c r="D128" s="1" t="s">
+        <v>309</v>
       </c>
       <c r="E128" s="3">
-        <v>155.19</v>
+        <v>1030.69</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>70</v>
+        <v>312</v>
       </c>
       <c r="E129" s="3">
-        <v>2.4</v>
+        <v>13.93</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>305</v>
+        <v>313</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>306</v>
+        <v>314</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
       <c r="E130" s="3">
-        <v>1785.72</v>
+        <v>1496.38</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>308</v>
+        <v>316</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>309</v>
+        <v>317</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>310</v>
+        <v>51</v>
       </c>
       <c r="E131" s="3">
-        <v>367.12</v>
+        <v>21.11</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="E132" s="3">
-        <v>70.43</v>
+        <v>233.49</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="E133" s="3">
-        <v>247.03</v>
+        <v>26.06</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D134" s="1" t="s">
-        <v>319</v>
+      <c r="D134" s="0" t="s">
+        <v>326</v>
       </c>
       <c r="E134" s="3">
-        <v>28009.1</v>
+        <v>3493.22</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D135" s="1" t="s">
-        <v>322</v>
+      <c r="D135" s="0" t="s">
+        <v>329</v>
       </c>
       <c r="E135" s="3">
-        <v>341.64</v>
+        <v>7180.55</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D136" s="1" t="s">
-        <v>325</v>
+      <c r="D136" s="0" t="s">
+        <v>332</v>
       </c>
       <c r="E136" s="3">
-        <v>36563.5</v>
+        <v>846.94</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>327</v>
+        <v>308</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D137" s="1" t="s">
-        <v>328</v>
+      <c r="D137" s="0" t="s">
+        <v>334</v>
       </c>
       <c r="E137" s="3">
-        <v>404.1</v>
+        <v>599.66</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>10</v>
-[...478 lines deleted...]
-      <c r="F161" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -4717,56 +4044,32 @@
     <hyperlink ref="F113" r:id="rId113"/>
     <hyperlink ref="F114" r:id="rId114"/>
     <hyperlink ref="F115" r:id="rId115"/>
     <hyperlink ref="F116" r:id="rId116"/>
     <hyperlink ref="F117" r:id="rId117"/>
     <hyperlink ref="F118" r:id="rId118"/>
     <hyperlink ref="F119" r:id="rId119"/>
     <hyperlink ref="F120" r:id="rId120"/>
     <hyperlink ref="F121" r:id="rId121"/>
     <hyperlink ref="F122" r:id="rId122"/>
     <hyperlink ref="F123" r:id="rId123"/>
     <hyperlink ref="F124" r:id="rId124"/>
     <hyperlink ref="F125" r:id="rId125"/>
     <hyperlink ref="F126" r:id="rId126"/>
     <hyperlink ref="F127" r:id="rId127"/>
     <hyperlink ref="F128" r:id="rId128"/>
     <hyperlink ref="F129" r:id="rId129"/>
     <hyperlink ref="F130" r:id="rId130"/>
     <hyperlink ref="F131" r:id="rId131"/>
     <hyperlink ref="F132" r:id="rId132"/>
     <hyperlink ref="F133" r:id="rId133"/>
     <hyperlink ref="F134" r:id="rId134"/>
     <hyperlink ref="F135" r:id="rId135"/>
     <hyperlink ref="F136" r:id="rId136"/>
     <hyperlink ref="F137" r:id="rId137"/>
-    <hyperlink ref="F138" r:id="rId138"/>
-[...22 lines deleted...]
-    <hyperlink ref="F161" r:id="rId161"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>