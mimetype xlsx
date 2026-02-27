--- v0 (2026-01-10)
+++ v1 (2026-02-27)
@@ -80,51 +80,51 @@
   </si>
   <si>
     <t>39-0000029.000</t>
   </si>
   <si>
     <t>BROGAN JAMES H ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">CALDWELL ST  
 PLEASANT CITY OH 43772</t>
   </si>
   <si>
     <t>39-0000047.000</t>
   </si>
   <si>
     <t>UNITED STATES POSTAL SERVICE</t>
   </si>
   <si>
     <t xml:space="preserve">210 MAIN ST  
 PLEASANT CITY OH 43772</t>
   </si>
   <si>
     <t>39-0000051.000</t>
   </si>
   <si>
-    <t>WILSON JERRY R</t>
+    <t>WILSON TERRY &amp; BOBBI SUE</t>
   </si>
   <si>
     <t xml:space="preserve">526 MAIN ST  
 PLEASANT CITY OH 43772</t>
   </si>
   <si>
     <t>39-0000063.000</t>
   </si>
   <si>
     <t>HILL JEREMY</t>
   </si>
   <si>
     <t xml:space="preserve">519 MAPLE ST  
 PLEASANT CITY OH 43772</t>
   </si>
   <si>
     <t>39-0000069.000</t>
   </si>
   <si>
     <t>STILLA PAMELA J</t>
   </si>
   <si>
     <t xml:space="preserve">HIGH ST  
 PLEASANT CITY OH 43772</t>
   </si>
@@ -570,51 +570,51 @@
       </c>
       <c r="D14" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="3">
         <v>536.31</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E15" s="3">
-        <v>654.6</v>
+        <v>554.6</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="3">
         <v>2.4</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>10</v>
       </c>
     </row>