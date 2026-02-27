--- v0 (2026-01-10)
+++ v1 (2026-02-27)
@@ -216,51 +216,51 @@
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>5045.21</v>
+        <v>4845.21</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
         <v>814.02</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
@@ -316,51 +316,51 @@
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3">
         <v>1511.4</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="3">
-        <v>1765.69</v>
+        <v>1725.69</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="3">
         <v>930.5</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>10</v>
       </c>
     </row>