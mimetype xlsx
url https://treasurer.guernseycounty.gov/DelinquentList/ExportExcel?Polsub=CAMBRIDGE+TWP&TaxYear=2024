--- v0 (2025-10-11)
+++ v1 (2025-12-14)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="930" uniqueCount="930">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="863" uniqueCount="863">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>02-0000095.000</t>
   </si>
   <si>
     <t>BOWMAN BOBBIE &amp; ILO</t>
   </si>
   <si>
@@ -90,116 +90,110 @@
   </si>
   <si>
     <t xml:space="preserve">7657 GEORGETOWN RD  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>02-0000308.000</t>
   </si>
   <si>
     <t>GADD JUANITA</t>
   </si>
   <si>
     <t>02-0000309.000</t>
   </si>
   <si>
     <t>02-0000336.003</t>
   </si>
   <si>
     <t>JOHNSON JOHN</t>
   </si>
   <si>
     <t xml:space="preserve">GODDARD CRAFT LN  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
-    <t>02-0000381.000</t>
-[...2 lines deleted...]
-    <t>HAYNES ALICE</t>
+    <t>02-0000536.000</t>
+  </si>
+  <si>
+    <t>PETERS WILLIAM M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BENNETT AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>02-0000567.000</t>
+  </si>
+  <si>
+    <t>MILNER ETHEL E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BLOOMFIELD RD  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>02-0000568.000</t>
+  </si>
+  <si>
+    <t>MITCHELL MARY MARTHA ET AL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JULIANNA LN  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>02-0000784.000</t>
+  </si>
+  <si>
+    <t>PORTER RUSSELL M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10307 EAST PIKE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>02-0000811.000</t>
+  </si>
+  <si>
+    <t>MSL EGS CORP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N 3RD ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>02-0000924.000</t>
+  </si>
+  <si>
+    <t>WELLS E L</t>
   </si>
   <si>
     <t xml:space="preserve">BYESVILLE RD  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
-    <t>02-0000536.000</t>
-[...54 lines deleted...]
-  <si>
     <t>02-0000956.000</t>
   </si>
   <si>
     <t>WOLFE J E TRUSTEE ELEM TRUST</t>
   </si>
   <si>
     <t xml:space="preserve">65350 HIGHLAND HILLS RD  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>02-0001287.000</t>
   </si>
   <si>
     <t>DUSZ LINDA</t>
   </si>
   <si>
     <t xml:space="preserve">PHILLIPS RD  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>02-0001318.000</t>
   </si>
   <si>
     <t>ARCHER MARTHA J</t>
   </si>
@@ -283,130 +277,100 @@
   </si>
   <si>
     <t xml:space="preserve">SECOND AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>02-0001767.000</t>
   </si>
   <si>
     <t>BEYNON PAUL</t>
   </si>
   <si>
     <t xml:space="preserve">COCHRAN AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>02-0001768.000</t>
   </si>
   <si>
     <t>02-0001818.000</t>
   </si>
   <si>
     <t>SPIRES CHERYL</t>
   </si>
   <si>
-    <t>02-0001966.000</t>
-[...8 lines deleted...]
-  <si>
     <t>02-0002010.000</t>
   </si>
   <si>
     <t>02-0002050.000</t>
   </si>
   <si>
     <t>LIDDY EDNA M ET AL</t>
   </si>
   <si>
     <t xml:space="preserve">MARIETTA AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>02-0002051.000</t>
   </si>
   <si>
     <t>02-0002052.000</t>
   </si>
   <si>
     <t>WARDEN TODD C</t>
   </si>
   <si>
     <t>02-0002053.000</t>
   </si>
   <si>
     <t>02-0002054.000</t>
   </si>
   <si>
     <t>02-0002055.000</t>
   </si>
   <si>
     <t>02-0002056.000</t>
   </si>
   <si>
     <t>SD DEVELOPING LLC</t>
   </si>
   <si>
     <t>02-0002057.000</t>
   </si>
   <si>
     <t>02-0002088.000</t>
   </si>
   <si>
     <t>WRAY JOANNE ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">165 COSHOCTON AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
-    <t>02-0002148.000</t>
-[...18 lines deleted...]
-  <si>
     <t>02-0002192.000</t>
   </si>
   <si>
     <t>SMITH VICKI L</t>
   </si>
   <si>
     <t xml:space="preserve">9270 RUTH LN  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>02-0002193.000</t>
   </si>
   <si>
     <t>SMITH VICKIE L</t>
   </si>
   <si>
     <t xml:space="preserve">RUTH LN  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>02-0002223.000</t>
   </si>
   <si>
     <t>CARTER E JEAN</t>
   </si>
@@ -596,60 +560,50 @@
   <si>
     <t>LESH KENNETH L TRUSTEE</t>
   </si>
   <si>
     <t>02-0002688.000</t>
   </si>
   <si>
     <t>PERRY DONNA SUE</t>
   </si>
   <si>
     <t>02-0002689.000</t>
   </si>
   <si>
     <t>BUCKEY LARRY</t>
   </si>
   <si>
     <t>02-0002690.000</t>
   </si>
   <si>
     <t>02-0002691.000</t>
   </si>
   <si>
     <t>02-0002692.000</t>
   </si>
   <si>
-    <t>02-0003160.000</t>
-[...8 lines deleted...]
-  <si>
     <t>02-0003686.000</t>
   </si>
   <si>
     <t xml:space="preserve">BELVEDERE AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>02-0003807.000</t>
   </si>
   <si>
     <t>SHERRARD SCHOOL</t>
   </si>
   <si>
     <t xml:space="preserve">SHERRARD RD  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>02-0003873.001</t>
   </si>
   <si>
     <t>REED CHARLES KEITH JR</t>
   </si>
   <si>
     <t xml:space="preserve">RESERVOIR RD  
 CAMBRIDGE OH 43725</t>
@@ -720,66 +674,50 @@
   <si>
     <t>MOSS WILLIAM L</t>
   </si>
   <si>
     <t>65219 PIGEON GAP</t>
   </si>
   <si>
     <t>020477</t>
   </si>
   <si>
     <t>JOHNSON SHERRY &amp; GARY GRIMES</t>
   </si>
   <si>
     <t>204 WATSON AVE RUSTIC ACRES</t>
   </si>
   <si>
     <t>020481</t>
   </si>
   <si>
     <t>SCHULTHEISZ BARBARA</t>
   </si>
   <si>
     <t>7447 MANILA RD</t>
   </si>
   <si>
-    <t>020526</t>
-[...14 lines deleted...]
-  <si>
     <t>06-0000158.000</t>
   </si>
   <si>
     <t>JEFFERIS STEVEN J</t>
   </si>
   <si>
     <t xml:space="preserve">CHESTNUT ST  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0000159.000</t>
   </si>
   <si>
     <t>06-0000192.000</t>
   </si>
   <si>
     <t>MILBURN WILLIAM D</t>
   </si>
   <si>
     <t xml:space="preserve">STEUBENVILLE AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0000422.000</t>
   </si>
@@ -836,952 +774,872 @@
   <si>
     <t xml:space="preserve">N 5TH ST  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0000877.000</t>
   </si>
   <si>
     <t>STIDD KAREN ANNE</t>
   </si>
   <si>
     <t xml:space="preserve">516 S 9TH ST  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0000921.000</t>
   </si>
   <si>
     <t>BEBOUT WILLIAM NELSON</t>
   </si>
   <si>
     <t xml:space="preserve">SUMMIT AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
-    <t>06-0000960.000</t>
-[...8 lines deleted...]
-  <si>
     <t>06-0000968.000</t>
   </si>
   <si>
     <t>OROSZ AILEEN</t>
   </si>
   <si>
     <t xml:space="preserve">FOSTER AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
-    <t>06-0000976.000</t>
+    <t>06-0000977.000</t>
   </si>
   <si>
     <t>BALL JERRY</t>
   </si>
   <si>
+    <t xml:space="preserve">2218 BISHARD AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0001065.000</t>
+  </si>
+  <si>
+    <t>HARRIS JACK &amp; FANNIE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">457 N 4TH ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0001076.000</t>
+  </si>
+  <si>
+    <t>TERRY MELVIN HOWARD &amp; MARY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">117 HOBSON AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0001077.000</t>
+  </si>
+  <si>
+    <t>HESKETT KEVIN &amp; SHARON DODD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">114 HOBSON AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0001082.000</t>
+  </si>
+  <si>
+    <t>MCFARREN LEATHA R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">317 N 6TH ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0001308.000</t>
+  </si>
+  <si>
+    <t>MCKIM JAMES &amp; SUE &amp; BETH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">101 HERRING AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0001339.000</t>
+  </si>
+  <si>
+    <t>CRUTCHFIELD CLARICE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SPRING ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0001392.000</t>
+  </si>
+  <si>
+    <t>NEAL CHRISTOPHER SR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1354 ELM ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0001445.000</t>
+  </si>
+  <si>
+    <t>THOMPSON, ELIZABETH</t>
+  </si>
+  <si>
+    <t>06-0001447.000</t>
+  </si>
+  <si>
+    <t>HACKER WILLIAM E &amp; ESTHER J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">322 S 8TH ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0001532.000</t>
+  </si>
+  <si>
+    <t>DUHAMEL ALLEN &amp; SHIRLEY</t>
+  </si>
+  <si>
+    <t>06-0001533.000</t>
+  </si>
+  <si>
+    <t>06-0001586.000</t>
+  </si>
+  <si>
+    <t>MILLER PRESTON LEE</t>
+  </si>
+  <si>
+    <t>06-0001589.000</t>
+  </si>
+  <si>
+    <t>SAVONE RACHEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">35 WEEDON AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0001604.000</t>
+  </si>
+  <si>
+    <t>DUGAN VICKIE J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">41 WEEDON AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0001622.000</t>
+  </si>
+  <si>
+    <t>LITTLE DOGS LEASING LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">421 N 7TH ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0001630.000</t>
+  </si>
+  <si>
+    <t>CARPENTER PAUL ET AL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">339 S 7TH ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0001651.000</t>
+  </si>
+  <si>
+    <t>CARTER E JEAN &amp; PAUL Y</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HILLCREST ACRES  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0001651.002</t>
+  </si>
+  <si>
+    <t>06-0001680.000</t>
+  </si>
+  <si>
+    <t>TODD TAMARA L ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EAST ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0001682.000</t>
+  </si>
+  <si>
+    <t>TODD TAMARA L &amp; BELL CHARLES &amp; HOLLINS RICHARD</t>
+  </si>
+  <si>
+    <t>06-0001695.000</t>
+  </si>
+  <si>
+    <t>REED CORINA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SARCHET AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0001740.000</t>
+  </si>
+  <si>
+    <t>SIMPSON NATALIE ET AL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">405 N 3RD ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0002057.000</t>
+  </si>
+  <si>
+    <t>BIGNEY J VERNON JR &amp; BETTY J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">635 S 8TH ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0002079.000</t>
+  </si>
+  <si>
+    <t>CRAWFORD ESTHER E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2115 NORTH AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0002080.000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2117 NORTH AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0002108.000</t>
+  </si>
+  <si>
+    <t>CRUM DONNA</t>
+  </si>
+  <si>
+    <t>06-0002109.000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">344 SPRING ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0002140.000</t>
+  </si>
+  <si>
+    <t>MCALLISTER DIANE L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRANKLIN AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0002141.000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">119 FRANKLIN AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0002150.000</t>
+  </si>
+  <si>
+    <t>RUSS JOE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">429 STEUBENVILLE AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0002166.000</t>
+  </si>
+  <si>
+    <t>WHITT EVAN &amp; MINDI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HIGHLAND AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0002186.000</t>
+  </si>
+  <si>
+    <t>DAVIS JUNE E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JEFFERSON AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0002187.000</t>
+  </si>
+  <si>
+    <t>06-0002188.000</t>
+  </si>
+  <si>
+    <t>06-0002189.000</t>
+  </si>
+  <si>
+    <t>06-0002284.000</t>
+  </si>
+  <si>
+    <t>HESKETT ASHLEY N &amp; KEVIN D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">320 WALL AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0002300.000</t>
+  </si>
+  <si>
+    <t>MCKEEGAN JOHN &amp; SHARON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">305 MATHEWS DR  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0002314.000</t>
+  </si>
+  <si>
+    <t>LYNCH RAMON D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N 9TH ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0002364.000</t>
+  </si>
+  <si>
+    <t>SMITH MARTHA H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">160 COSHOCTON AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0002412.000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">419 N 3RD ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0002462.000</t>
+  </si>
+  <si>
+    <t>LITTLE APRIL DARLENE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">808 GRANT AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0002501.000</t>
+  </si>
+  <si>
+    <t>LUCAS GARY V &amp; MARY A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">812 MADISON AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0002505.000</t>
+  </si>
+  <si>
+    <t>EDWARDS VIOLA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SOUTH AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0002506.000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PARK CIR  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0002528.001</t>
+  </si>
+  <si>
+    <t>HOGG EUNICE EILEEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N 4TH ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0002536.000</t>
+  </si>
+  <si>
+    <t>HOFFER ROBERT &amp; JOLLENE M</t>
+  </si>
+  <si>
+    <t>06-0002570.000</t>
+  </si>
+  <si>
+    <t>VERGARI RICHARD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N 2ND ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0002735.000</t>
+  </si>
+  <si>
+    <t>BUCKEY JAY C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">146 COSHOCTON AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0002740.000</t>
+  </si>
+  <si>
+    <t>SIMPSON THOMAS TRAMAINE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">99 GOMBER AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0002743.000</t>
+  </si>
+  <si>
+    <t>06-0002746.000</t>
+  </si>
+  <si>
+    <t>06-0002747.000</t>
+  </si>
+  <si>
+    <t>06-0002877.000</t>
+  </si>
+  <si>
+    <t>FULTZ WESLEY C&amp; JEFFERY L FULTZ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">620 TURNER AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0002958.000</t>
+  </si>
+  <si>
+    <t>GEIGER TERRY A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">712 JEFFERSON AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003031.000</t>
+  </si>
+  <si>
+    <t>RENNER RAYMOND A &amp; DOROTHY M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">433 N 5TH ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003040.000</t>
+  </si>
+  <si>
+    <t>GLASS MARY IDELLIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">614 N 1ST ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003084.000</t>
+  </si>
+  <si>
+    <t>JADED PHOENIX INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">722 S 8TH ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003198.000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">514 N 2ND ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003208.000</t>
+  </si>
+  <si>
+    <t>NEWBY CARI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">922 GRANT AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003212.000</t>
+  </si>
+  <si>
+    <t>CURTIS JAMES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GOMBER AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003284.000</t>
+  </si>
+  <si>
+    <t>TODD TAMARA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">424 N 3RD ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003293.000</t>
+  </si>
+  <si>
+    <t>HARRIS FANNIE M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">71 BEATTY AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003329.000</t>
+  </si>
+  <si>
+    <t>HICKMAN MELISSA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">329 S 7TH ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003370.000</t>
+  </si>
+  <si>
+    <t>HELLER EDITH S</t>
+  </si>
+  <si>
+    <t>06-0003380.000</t>
+  </si>
+  <si>
+    <t>MACK CASSANDRA RENEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">411 N 6TH ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003466.000</t>
+  </si>
+  <si>
+    <t>PYERS JOHN C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRYANT AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003559.000</t>
+  </si>
+  <si>
+    <t>HOWARD THOMAS T</t>
+  </si>
+  <si>
+    <t xml:space="preserve">125 COSHOCTON AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003569.000</t>
+  </si>
+  <si>
+    <t>THOMPSON THOMAS JEFFREY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">602 GRANT AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003605.000</t>
+  </si>
+  <si>
+    <t>MCHENRY MELVIN W</t>
+  </si>
+  <si>
+    <t xml:space="preserve">823 GRAHAM AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003606.000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRAHAM AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003607.000</t>
+  </si>
+  <si>
+    <t>HUMANEK REBECCA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">121 CLAY AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003629.000</t>
+  </si>
+  <si>
+    <t>CUTLIP MARK E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">419 N 4TH ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003646.000</t>
+  </si>
+  <si>
+    <t>LAWRENCE JOHN B &amp; SHERRY L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">108 FINLEY AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003687.000</t>
+  </si>
+  <si>
+    <t>LANGE PATRICK P</t>
+  </si>
+  <si>
+    <t xml:space="preserve">427 N 6TH ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003720.000</t>
+  </si>
+  <si>
+    <t>LD ENTERPRISES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">405 N 5TH ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003723.000</t>
+  </si>
+  <si>
+    <t>MUSKINGUM AREA TREATMENT SERVIC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GREENWOOD AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003724.000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N 18TH ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003763.000</t>
+  </si>
+  <si>
+    <t>OCULAS HOLDING COMPANY LLC</t>
+  </si>
+  <si>
+    <t>06-0003784.000</t>
+  </si>
+  <si>
+    <t>JOHNSTON JAMES M &amp; DAVID</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CENTRAL AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003785.000</t>
+  </si>
+  <si>
+    <t>06-0003786.000</t>
+  </si>
+  <si>
+    <t>06-0003866.000</t>
+  </si>
+  <si>
+    <t>CAMERON ALEXANDRIA N</t>
+  </si>
+  <si>
+    <t>06-0003931.000</t>
+  </si>
+  <si>
+    <t>JENNINGS WILLIAM A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">537 N 1ST ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003932.000</t>
+  </si>
+  <si>
+    <t>06-0003933.000</t>
+  </si>
+  <si>
+    <t>STATE OF OHIO - FORFEITED LAND</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WOODLAWN AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003934.000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">344 WOODLAWN AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0003954.000</t>
+  </si>
+  <si>
+    <t>HOFFER JOLLENE M &amp; ROBERT F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">405 BEATTY AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0004176.000</t>
+  </si>
+  <si>
+    <t>06-0004249.000</t>
+  </si>
+  <si>
+    <t>DUMBRUSKI ROBERT L ET AL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEATHERWOOD ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0004270.000</t>
+  </si>
+  <si>
+    <t>LONG HERSCHEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WEEDON AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0004271.000</t>
+  </si>
+  <si>
+    <t>06-0004272.000</t>
+  </si>
+  <si>
+    <t>LONG HERSCHEL &amp; EDITH</t>
+  </si>
+  <si>
+    <t>06-0004273.000</t>
+  </si>
+  <si>
+    <t>06-0004274.000</t>
+  </si>
+  <si>
+    <t>MEIGHEN NIKOLE R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">735 CLARK ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0004294.000</t>
+  </si>
+  <si>
+    <t>SMITH DALTON L &amp; DANA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">320 N 4TH ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0004296.000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">318 N 4TH ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0004316.000</t>
+  </si>
+  <si>
+    <t>LOY ED E</t>
+  </si>
+  <si>
     <t xml:space="preserve">BISHARD AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
-    <t>06-0000977.000</t>
-[...870 lines deleted...]
-  <si>
     <t>06-0004335.000</t>
   </si>
   <si>
     <t>VERGARI RICHARD &amp; COZETTE</t>
   </si>
   <si>
     <t>06-0004347.000</t>
   </si>
   <si>
     <t>MALLORY EDWARD L &amp; BETTY O</t>
   </si>
   <si>
     <t xml:space="preserve">615 N 4TH ST  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0004437.000</t>
   </si>
   <si>
     <t>MCKIM JAMES R &amp; SUSIE L</t>
   </si>
   <si>
     <t xml:space="preserve">310 N 4TH ST  
 CAMBRIDGE OH 43725</t>
   </si>
@@ -1920,298 +1778,261 @@
   </si>
   <si>
     <t>06-0004798.000</t>
   </si>
   <si>
     <t>G ARE BEE LLC</t>
   </si>
   <si>
     <t xml:space="preserve">622 S 8TH ST  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0004854.000</t>
   </si>
   <si>
     <t>CLIFFORD E LOUISE</t>
   </si>
   <si>
     <t xml:space="preserve">109 GOMBER AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0004907.000</t>
   </si>
   <si>
-    <t>DJS EQUITIES LLC</t>
+    <t>BOLOGA JOSEPH</t>
   </si>
   <si>
     <t xml:space="preserve">501 WHEELING AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0004921.000</t>
   </si>
   <si>
     <t>MCKIM RUTH C</t>
   </si>
   <si>
     <t xml:space="preserve">624 S 8TH ST  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0004951.000</t>
   </si>
   <si>
     <t>GLOVER JOSEPH</t>
   </si>
   <si>
     <t xml:space="preserve">1120 MURRAY AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
-    <t>06-0004959.000</t>
-[...8 lines deleted...]
-  <si>
     <t>06-0004965.000</t>
   </si>
   <si>
     <t>NELSON SAR-ANN</t>
   </si>
   <si>
     <t xml:space="preserve">503 N 8TH ST  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0005000.000</t>
   </si>
   <si>
-    <t>SAMUEL SKIDMORE</t>
+    <t>SKIDMORE SAMUEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">217 LONG ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0005125.000</t>
+  </si>
+  <si>
+    <t>PONTIOUS ELIZABETH A &amp;</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1305 BLAINE AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0005162.000</t>
+  </si>
+  <si>
+    <t>STARNS MALCOLM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">617 S 7TH ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0005199.000</t>
+  </si>
+  <si>
+    <t>KING KENNETH K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">317 WALL AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0005317.000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">516 N 2ND ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0005319.000</t>
+  </si>
+  <si>
+    <t>06-0005320.000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">528 N 2ND ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0005335.000</t>
+  </si>
+  <si>
+    <t>RAVAK CECILIA ANN</t>
+  </si>
+  <si>
+    <t>06-0005336.000</t>
+  </si>
+  <si>
+    <t>06-0005337.000</t>
+  </si>
+  <si>
+    <t>06-0005338.000</t>
+  </si>
+  <si>
+    <t>06-0005385.000</t>
+  </si>
+  <si>
+    <t>WISSLER W RICHARD TRUSTEE FOR W</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAMBRIDGE ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0005395.000</t>
+  </si>
+  <si>
+    <t>RHINE CLYDE G</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHORT ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0005396.000</t>
+  </si>
+  <si>
+    <t>RHINE CLYDE C</t>
+  </si>
+  <si>
+    <t>06-0005398.000</t>
+  </si>
+  <si>
+    <t>LOGWOOD JAMES F &amp; CATHERINE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">415 N 3RD ST  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0005456.000</t>
+  </si>
+  <si>
+    <t>PARSONS NANCY J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">548 MADISON AVE  
+CAMBRIDGE OH 43725</t>
+  </si>
+  <si>
+    <t>06-0005498.000</t>
+  </si>
+  <si>
+    <t>PAYTON ROBERT LEROY &amp; MARY ELLE</t>
   </si>
   <si>
     <t xml:space="preserve">LONG ST  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
-    <t>06-0005001.000</t>
-[...133 lines deleted...]
-  <si>
     <t>06-0005571.000</t>
   </si>
   <si>
     <t>POLLOCK F W &amp; GOLDA</t>
   </si>
   <si>
     <t xml:space="preserve">N 6TH ST  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0005584.000</t>
   </si>
   <si>
     <t>OLIVER JOEL A</t>
   </si>
   <si>
     <t xml:space="preserve">304 MEHAFFEY CT  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0005592.000</t>
   </si>
   <si>
     <t>HARPER JOHN</t>
   </si>
   <si>
     <t xml:space="preserve">33 WEEDON AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0005593.000</t>
   </si>
   <si>
     <t>STAFFEY RALPH</t>
   </si>
   <si>
     <t>06-0005600.000</t>
   </si>
   <si>
     <t>WATSON KATRINA</t>
   </si>
   <si>
     <t xml:space="preserve">533 N 3RD ST  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
-    <t>06-0005665.000</t>
-[...8 lines deleted...]
-  <si>
     <t>06-0005707.000</t>
   </si>
   <si>
     <t>MILLER PAUL E</t>
   </si>
   <si>
     <t xml:space="preserve">437 N 5TH ST  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0005719.000</t>
   </si>
   <si>
     <t>ROSENBERG LUCILLE</t>
   </si>
   <si>
     <t>06-0005754.000</t>
   </si>
   <si>
     <t>ROSSITER INSEL V</t>
   </si>
   <si>
     <t xml:space="preserve">750 MARIETTA AVE  
 CAMBRIDGE OH 43725</t>
   </si>
@@ -2240,93 +2061,80 @@
   </si>
   <si>
     <t>SCOTT LEO F ET AL</t>
   </si>
   <si>
     <t xml:space="preserve">137 COSHOCTON AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0005939.000</t>
   </si>
   <si>
     <t>PETERSON DAVID K</t>
   </si>
   <si>
     <t>06-0005940.000</t>
   </si>
   <si>
     <t xml:space="preserve">147 SUMMIT AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0005978.000</t>
   </si>
   <si>
-    <t>SHAFFER DAVID DALEJR &amp; ROBINSON</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">148 FINLEY AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0005992.000</t>
   </si>
   <si>
     <t>MARDIS JEANNIE D</t>
   </si>
   <si>
     <t xml:space="preserve">715 MADISON AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0006090.000</t>
   </si>
   <si>
     <t>SIMPSON PHILIP ET AL</t>
   </si>
   <si>
     <t>06-0006136.000</t>
   </si>
   <si>
     <t>SMITH CHAS &amp; MARTHA</t>
   </si>
   <si>
     <t xml:space="preserve">149 COSHOCTON AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
-    <t>06-0006145.000</t>
-[...8 lines deleted...]
-  <si>
     <t>06-0006181.000</t>
   </si>
   <si>
     <t>FLO GROWN BUYERS LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1243 GOMBER AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0006230.000</t>
   </si>
   <si>
     <t xml:space="preserve">431 N 5TH ST  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0006232.000</t>
   </si>
   <si>
     <t>LOJAS KATHRYN E</t>
   </si>
   <si>
     <t xml:space="preserve">807 N 7TH ST  
 CAMBRIDGE OH 43725</t>
@@ -2396,155 +2204,129 @@
   <si>
     <t xml:space="preserve">602 TURNER AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0006673.001</t>
   </si>
   <si>
     <t>GREER JUSTIN D</t>
   </si>
   <si>
     <t xml:space="preserve">1020 BEATTY AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0006711.000</t>
   </si>
   <si>
     <t>PARKER JUDITH</t>
   </si>
   <si>
     <t xml:space="preserve">443 N 3RD ST  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
-    <t>06-0006738.000</t>
-[...8 lines deleted...]
-  <si>
     <t>06-0006764.000</t>
   </si>
   <si>
     <t>NORTH AMERICAN RESEARCH CORP</t>
   </si>
   <si>
     <t xml:space="preserve">542 BYESVILLE RD  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0006790.000</t>
   </si>
   <si>
     <t>TULIP GERRI</t>
   </si>
   <si>
     <t xml:space="preserve">624 S 9TH ST  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0006798.000</t>
   </si>
   <si>
     <t>HARPER JOHN &amp; BONNIE</t>
   </si>
   <si>
     <t>06-0006799.000</t>
   </si>
   <si>
     <t xml:space="preserve">28 WEEDON AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
-    <t>06-0006800.001</t>
-[...4 lines deleted...]
-  <si>
     <t>06-0006803.000</t>
   </si>
   <si>
     <t>MCKIM JAMES R &amp; FRANCES E</t>
   </si>
   <si>
     <t xml:space="preserve">140 COSHOCTON AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0006816.001</t>
   </si>
   <si>
     <t>LYNCH NICOLE</t>
   </si>
   <si>
     <t xml:space="preserve">BEATTY AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0006830.000</t>
   </si>
   <si>
     <t>06-0006831.000</t>
   </si>
   <si>
     <t>06-0006845.000</t>
   </si>
   <si>
     <t>ELSTON PATRICIA ANN &amp; DEBORAH J WATSON</t>
   </si>
   <si>
     <t xml:space="preserve">1302 SOUTHGATE PKWY  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0006869.000</t>
   </si>
   <si>
     <t>JOHNSTON BRITNEY</t>
   </si>
   <si>
     <t xml:space="preserve">228 HIGHLAND AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
-    <t>06-0006899.000</t>
-[...8 lines deleted...]
-  <si>
     <t>06-0006914.000</t>
   </si>
   <si>
     <t>RAY BROOKE ALEXANDREA</t>
   </si>
   <si>
     <t xml:space="preserve">722 N 16TH ST  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0006923.000</t>
   </si>
   <si>
     <t xml:space="preserve">314 N 4TH ST  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0006951.000</t>
   </si>
   <si>
     <t xml:space="preserve">2269 NORTH AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0006959.000</t>
@@ -2762,53 +2544,50 @@
     <t xml:space="preserve">220 HIGHLAND AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0008683.000</t>
   </si>
   <si>
     <t xml:space="preserve">105 GOMBER AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0008707.000</t>
   </si>
   <si>
     <t>HOFFER ROB &amp; JOLLEN</t>
   </si>
   <si>
     <t xml:space="preserve">332 N 4TH ST  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0008820.000</t>
   </si>
   <si>
     <t>PENN CENTRAL CORP</t>
-  </si>
-[...1 lines deleted...]
-    <t>06-0008880.000</t>
   </si>
   <si>
     <t>06-0008886.000</t>
   </si>
   <si>
     <t>COWGILL JOHN F &amp; ALICE M</t>
   </si>
   <si>
     <t xml:space="preserve">411 WALL AVE  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0008970.000</t>
   </si>
   <si>
     <t>DISS KENNETH R &amp; MARTHA CAROL</t>
   </si>
   <si>
     <t xml:space="preserve">714 S 9TH ST  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>06-0008974.000</t>
   </si>
   <si>
@@ -3083,7840 +2862,7300 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F388" headerRowCount="1">
-  <autoFilter ref="A1:F388"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F361" headerRowCount="1">
+  <autoFilter ref="A1:F361"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1819&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1882&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1883&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1884&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1987&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2048&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2241&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2273&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2274&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2434&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2492&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2624&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2965&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2969&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3018&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3019&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3020&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3043&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3157&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3158&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3159&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3332&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3391&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3434&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3585&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3629&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3669&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3670&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3671&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3673&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3674&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3675&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3676&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3702&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3763&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3805&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3807&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3808&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3838&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3887&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4101&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4102&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4103&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4104&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4105&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4113&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4127&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4128&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4129&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4166&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4167&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4168&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4169&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4170&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4206&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4207&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4208&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4209&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4210&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4225&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4226&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4265&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4266&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4267&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4273&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4274&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4275&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4276&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4278&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4279&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4280&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4281&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4289&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4292&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4293&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4294&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4296&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4297&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4398&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4743&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4829&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4910&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5029&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45787&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=44812&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46202&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45022&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=44949&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45659&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45604&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45618&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46676&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5723&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5760&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5761&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5795&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5980&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6195&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6229&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6236&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6385&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6386&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6404&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6444&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6485&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6493&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6502&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6577&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6588&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6589&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6813&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6841&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6893&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6942&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6944&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7027&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7097&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7112&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7142&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7172&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7186&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7231&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7526&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7527&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7558&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7613&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7632&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7633&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7634&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7635&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7743&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7756&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7806&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7854&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7907&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7947&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7952&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7975&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7983&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8015&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8123&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8177&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8182&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8185&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8188&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8189&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8315&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8328&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8391&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8462&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8470&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8513&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8575&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8612&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8617&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8627&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8631&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8709&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8731&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8746&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8784&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8796&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8969&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8979&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9017&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9018&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9019&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9040&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9057&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9098&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9125&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9128&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9129&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9167&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9188&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9189&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9257&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9317&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9318&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9320&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9340&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9419&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9420&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9627&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9648&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9649&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9650&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9651&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9652&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9671&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9673&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9690&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9709&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9721&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9800&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9830&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9900&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9930&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9934&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9935&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9936&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9963&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10066&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10076&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10127&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10132&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10134&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10136&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10152&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10206&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10261&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10274&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10300&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10312&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10344&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10345&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10458&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10494&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10526&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10643&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10645&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10646&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10660&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10661&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10662&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10663&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10705&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10715&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10716&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10718&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10772&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10823&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10824&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10891&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10898&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10899&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10904&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11011&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11023&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11054&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11056&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11150&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11179&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11240&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11241&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11279&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11292&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11427&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11436&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11471&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11514&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11516&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11625&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11682&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11683&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11868&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11920&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12009&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12034&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12059&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12066&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12069&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12072&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12084&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12099&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12139&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12172&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12196&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12222&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12229&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12340&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12354&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12391&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12408&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12427&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12558&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12702&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12814&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12870&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12912&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12913&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12914&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12915&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12916&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12931&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12942&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12980&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13006&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13094&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13131&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13159&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13268&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13326&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13408&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13412&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13421&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13549&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=44954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45008&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45853&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45397&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45002&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=44983&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45576&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45906&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45330&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46697&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46047&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=47138&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45871&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46266&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5312&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5318&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5414&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5432&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5545&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45428&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46688&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46326&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=47146&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13600&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1819&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1882&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1883&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1884&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1987&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2048&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2241&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2273&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2274&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2434&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2492&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2624&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2965&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2969&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=2997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3018&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3019&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3020&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3043&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3157&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3158&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3159&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3332&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3391&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3434&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3629&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3669&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3670&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3671&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3673&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3674&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3675&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3676&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3702&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3807&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3808&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3838&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=3887&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4101&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4102&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4103&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4104&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4105&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4113&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4127&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4128&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4129&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4166&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4167&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4168&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4169&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4170&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4206&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4207&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4208&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4209&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4210&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4225&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4226&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4265&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4266&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4267&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4273&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4274&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4275&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4276&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4278&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4279&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4280&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4281&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4289&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4292&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4293&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4294&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4296&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4297&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4743&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4829&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=4910&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5029&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45787&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=44812&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46202&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45022&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=44949&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45659&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45604&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45618&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46676&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5760&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5761&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5795&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5980&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6195&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6229&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6236&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6385&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6386&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6404&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6444&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6493&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6502&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6577&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6588&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6589&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6813&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6841&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6893&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6942&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=6944&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7027&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7097&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7112&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7142&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7172&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7186&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7231&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7526&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7527&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7558&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7613&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7632&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7633&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7634&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7635&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7743&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7756&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7806&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7854&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7907&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7947&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7952&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7975&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=7983&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8015&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8177&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8182&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8185&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8188&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8189&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8315&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8391&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8462&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8470&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8513&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8617&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8627&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8631&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8709&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8746&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8784&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8796&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8969&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=8979&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9017&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9018&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9019&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9040&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9057&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9098&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9125&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9128&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9129&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9167&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9188&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9189&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9257&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9317&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9318&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9320&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9340&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9627&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9648&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9649&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9650&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9651&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9652&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9671&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9673&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9690&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9709&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9721&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9800&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9830&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9900&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9930&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9934&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9935&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9936&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9963&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=9999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10066&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10076&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10127&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10132&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10134&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10136&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10152&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10206&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10261&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10274&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10300&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10312&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10344&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10458&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10494&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10526&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10643&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10645&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10646&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10660&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10661&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10662&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10663&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10705&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10715&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10716&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10718&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10772&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10891&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10898&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10899&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=10904&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11011&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11023&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11054&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11056&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11150&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11179&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11240&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11241&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11279&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11292&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11427&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11471&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11514&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11516&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11625&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11682&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11683&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11868&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11920&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=11985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12034&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12059&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12066&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12072&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12084&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12099&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12139&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12196&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12222&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12229&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12340&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12354&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12391&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12408&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12427&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12558&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12702&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12814&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12870&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12912&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12913&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12914&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12915&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12916&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12931&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12942&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12980&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=12985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13006&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13094&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13131&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13159&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13268&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13326&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13408&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13412&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13421&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13549&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=44954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45008&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45853&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45397&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45002&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=44983&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45576&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45906&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45330&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46697&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46047&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=47138&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45871&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46266&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5312&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5318&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5414&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5432&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=5545&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45428&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46688&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46326&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=47146&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=13600&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F388"/>
+  <dimension ref="A1:F361"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="49.50699234008789" customWidth="1"/>
     <col min="3" max="3" width="19.422740936279297" customWidth="1"/>
     <col min="4" max="4" width="30.11786460876465" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>783.42</v>
+        <v>809.54</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>665.59</v>
+        <v>687.77</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="3">
-        <v>2.4</v>
+        <v>2.48</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="3">
-        <v>20.48</v>
+        <v>21.16</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="3">
-        <v>515.79</v>
+        <v>532.98</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="3">
-        <v>35.12</v>
+        <v>36.29</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E8" s="3">
-        <v>54.38</v>
+        <v>56.19</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E9" s="3">
-        <v>618.02</v>
+        <v>638.62</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E10" s="3">
-        <v>384.02</v>
+        <v>537.4</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E11" s="3">
-        <v>520.08</v>
+        <v>419.76</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E12" s="3">
-        <v>406.22</v>
+        <v>1854.45</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="3">
-        <v>1794.62</v>
+        <v>882.28</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E14" s="3">
-        <v>853.82</v>
+        <v>739.3</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="3">
-        <v>715.46</v>
+        <v>1178.8</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="E16" s="3">
-        <v>1140.78</v>
+        <v>46.01</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E17" s="3">
-        <v>44.54</v>
+        <v>96.05</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E18" s="3">
-        <v>92.97</v>
+        <v>674.72</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E19" s="3">
-        <v>652.97</v>
+        <v>823.22</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D20" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="B20" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E20" s="3">
-        <v>796.68</v>
+        <v>755.63</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="E21" s="3">
-        <v>731.25</v>
+        <v>701.38</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B22" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="B22" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="E22" s="3">
-        <v>678.73</v>
+        <v>1783.08</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="E23" s="3">
-        <v>1725.58</v>
+        <v>2676.97</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E24" s="3">
-        <v>2590.62</v>
+        <v>333</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E25" s="3">
-        <v>322.28</v>
+        <v>301.23</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E26" s="3">
-        <v>291.51</v>
+        <v>306.29</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="E27" s="3">
-        <v>296.41</v>
+        <v>101.99</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="B28" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="B28" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>31</v>
+        <v>76</v>
       </c>
       <c r="E28" s="3">
-        <v>98.7</v>
+        <v>340.18</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E29" s="3">
-        <v>329.21</v>
+        <v>441.85</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D30" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="B30" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E30" s="3">
-        <v>427.61</v>
+        <v>564.76</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="B31" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="B31" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="E31" s="3">
-        <v>546.55</v>
+        <v>114.1</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>84</v>
+        <v>33</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="E32" s="3">
-        <v>110.42</v>
+        <v>1062.94</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="B33" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="B33" s="0" t="s">
+      <c r="C33" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D33" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="C33" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E33" s="3">
-        <v>3980.73</v>
+        <v>1864.06</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>36</v>
+        <v>85</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>37</v>
+        <v>86</v>
       </c>
       <c r="E34" s="3">
-        <v>1028.64</v>
+        <v>2097.76</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="B35" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="B35" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="E35" s="3">
-        <v>1803.95</v>
+        <v>10847.53</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="E36" s="3">
-        <v>2030.09</v>
+        <v>1640.18</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="E37" s="3">
-        <v>10497.63</v>
+        <v>1511.5</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="E38" s="3">
-        <v>1587.26</v>
+        <v>1640.18</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="E39" s="3">
-        <v>1462.74</v>
+        <v>76.26</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="E40" s="3">
-        <v>1587.26</v>
+        <v>29.19</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="B41" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D41" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="B41" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E41" s="3">
-        <v>73.81</v>
+        <v>2.66</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="B42" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="B42" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="E42" s="3">
-        <v>28.26</v>
+        <v>1990.32</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E43" s="3">
-        <v>2.57</v>
+        <v>2215.76</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E44" s="3">
-        <v>1567.82</v>
+        <v>37262.87</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E45" s="3">
-        <v>687.82</v>
+        <v>581.42</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E46" s="3">
-        <v>1926.12</v>
+        <v>1769.64</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="B47" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D47" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="B47" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E47" s="3">
-        <v>2144.29</v>
+        <v>937.41</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="E48" s="3">
-        <v>36060.84</v>
+        <v>820.56</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="E49" s="3">
-        <v>562.67</v>
+        <v>1123.11</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>124</v>
+        <v>113</v>
       </c>
       <c r="E50" s="3">
-        <v>1712.56</v>
+        <v>34.74</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>124</v>
+        <v>113</v>
       </c>
       <c r="E51" s="3">
-        <v>907.17</v>
+        <v>25.47</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="E52" s="3">
-        <v>794.09</v>
+        <v>1319.12</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E53" s="3">
-        <v>1086.89</v>
+        <v>417.81</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E54" s="3">
-        <v>33.62</v>
+        <v>315.15</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E55" s="3">
-        <v>24.65</v>
+        <v>326.53</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>133</v>
+        <v>122</v>
       </c>
       <c r="E56" s="3">
-        <v>1276.57</v>
+        <v>810.06</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="E57" s="3">
-        <v>404.36</v>
+        <v>530.48</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="E58" s="3">
-        <v>305</v>
+        <v>703.72</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="E59" s="3">
-        <v>316</v>
+        <v>726.93</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="E60" s="3">
-        <v>783.94</v>
+        <v>939.75</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="E61" s="3">
-        <v>513.38</v>
+        <v>939.75</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>133</v>
+        <v>113</v>
       </c>
       <c r="E62" s="3">
-        <v>681.02</v>
+        <v>614.19</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="E63" s="3">
-        <v>703.49</v>
+        <v>272.08</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>146</v>
+        <v>125</v>
       </c>
       <c r="E64" s="3">
-        <v>909.44</v>
+        <v>324.11</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>148</v>
+        <v>139</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>146</v>
+        <v>125</v>
       </c>
       <c r="E65" s="3">
-        <v>909.44</v>
+        <v>256.5</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>124</v>
+        <v>113</v>
       </c>
       <c r="E66" s="3">
-        <v>594.39</v>
+        <v>337.85</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="E67" s="3">
-        <v>263.3</v>
+        <v>1019.17</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="E68" s="3">
-        <v>313.65</v>
+        <v>1243.85</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>136</v>
+        <v>113</v>
       </c>
       <c r="E69" s="3">
-        <v>248.22</v>
+        <v>345.83</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>124</v>
+        <v>113</v>
       </c>
       <c r="E70" s="3">
-        <v>326.97</v>
+        <v>300.55</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>146</v>
+        <v>113</v>
       </c>
       <c r="E71" s="3">
-        <v>986.3</v>
+        <v>194.01</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>146</v>
+        <v>125</v>
       </c>
       <c r="E72" s="3">
-        <v>1203.72</v>
+        <v>792.88</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E73" s="3">
-        <v>334.68</v>
+        <v>784.93</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>162</v>
+        <v>154</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E74" s="3">
-        <v>290.86</v>
+        <v>776.15</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>162</v>
+        <v>154</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E75" s="3">
-        <v>187.75</v>
+        <v>793.08</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>136</v>
+        <v>125</v>
       </c>
       <c r="E76" s="3">
-        <v>767.31</v>
+        <v>765.35</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>136</v>
+        <v>125</v>
       </c>
       <c r="E77" s="3">
-        <v>759.62</v>
+        <v>765.35</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>136</v>
+        <v>125</v>
       </c>
       <c r="E78" s="3">
-        <v>751.12</v>
+        <v>765.35</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>136</v>
+        <v>125</v>
       </c>
       <c r="E79" s="3">
-        <v>767.5</v>
+        <v>776.15</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>136</v>
+        <v>125</v>
       </c>
       <c r="E80" s="3">
-        <v>740.66</v>
+        <v>953.07</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>136</v>
+        <v>9</v>
       </c>
       <c r="E81" s="3">
-        <v>740.66</v>
+        <v>24.37</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>136</v>
+        <v>9</v>
       </c>
       <c r="E82" s="3">
-        <v>740.66</v>
+        <v>4246.53</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>136</v>
+        <v>9</v>
       </c>
       <c r="E83" s="3">
-        <v>751.12</v>
+        <v>374.54</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>136</v>
+        <v>9</v>
       </c>
       <c r="E84" s="3">
-        <v>922.34</v>
+        <v>153.35</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E85" s="3">
-        <v>23.58</v>
+        <v>332.43</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E86" s="3">
-        <v>4109.54</v>
+        <v>472.93</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>179</v>
+        <v>170</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E87" s="3">
-        <v>362.46</v>
+        <v>741.52</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>9</v>
+        <v>175</v>
       </c>
       <c r="E88" s="3">
-        <v>148.41</v>
+        <v>2.04</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>9</v>
+        <v>178</v>
       </c>
       <c r="E89" s="3">
-        <v>321.7</v>
+        <v>1205.06</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="B90" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C90" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D90" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="C90" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E90" s="3">
-        <v>457.68</v>
+        <v>19.22</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E91" s="3">
-        <v>717.62</v>
+        <v>19.08</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="B92" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="B92" s="0" t="s">
+      <c r="C92" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D92" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="C92" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E92" s="3">
-        <v>3294.29</v>
+        <v>3717.34</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="B93" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="B93" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D93" s="1" t="s">
+      <c r="D93" s="0" t="s">
         <v>189</v>
       </c>
       <c r="E93" s="3">
-        <v>1.97</v>
+        <v>26.56</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>190</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>191</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D94" s="1" t="s">
-        <v>192</v>
+      <c r="D94" s="0" t="s">
+        <v>189</v>
       </c>
       <c r="E94" s="3">
-        <v>1166.17</v>
+        <v>830.03</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="B95" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="B95" s="0" t="s">
+      <c r="C95" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D95" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="C95" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E95" s="3">
-        <v>18.6</v>
+        <v>605.31</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="B96" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="B96" s="0" t="s">
+      <c r="C96" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D96" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="C96" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E96" s="3">
-        <v>18.47</v>
+        <v>2194.36</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>198</v>
       </c>
       <c r="B97" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D97" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="C97" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E97" s="3">
-        <v>3620.78</v>
+        <v>3125.11</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="B98" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="B98" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>203</v>
+        <v>186</v>
       </c>
       <c r="E98" s="3">
-        <v>25.87</v>
+        <v>128.88</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="B99" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D99" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="B99" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E99" s="3">
-        <v>808.47</v>
+        <v>4369.82</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="B100" s="0" t="s">
         <v>206</v>
       </c>
-      <c r="B100" s="0" t="s">
+      <c r="C100" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D100" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="C100" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E100" s="3">
-        <v>589.59</v>
+        <v>1571.9</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="B101" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="B101" s="0" t="s">
+      <c r="C101" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D101" s="0" t="s">
         <v>210</v>
       </c>
-      <c r="C101" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E101" s="3">
-        <v>2137.36</v>
+        <v>1852.69</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="B102" s="0" t="s">
         <v>212</v>
       </c>
-      <c r="B102" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D102" s="0" t="s">
+      <c r="D102" s="1" t="s">
         <v>213</v>
       </c>
       <c r="E102" s="3">
-        <v>3043.94</v>
+        <v>3323.97</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>214</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D103" s="0" t="s">
-        <v>200</v>
+      <c r="D103" s="1" t="s">
+        <v>213</v>
       </c>
       <c r="E103" s="3">
-        <v>125.53</v>
+        <v>3285.51</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="B104" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="B104" s="0" t="s">
+      <c r="C104" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D104" s="1" t="s">
         <v>217</v>
       </c>
-      <c r="C104" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E104" s="3">
-        <v>4256.33</v>
+        <v>191.88</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="B105" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="B105" s="0" t="s">
+      <c r="C105" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D105" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="C105" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E105" s="3">
-        <v>1531.08</v>
+        <v>35121.25</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="B106" s="0" t="s">
         <v>222</v>
       </c>
-      <c r="B106" s="0" t="s">
+      <c r="C106" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D106" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="C106" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E106" s="3">
-        <v>1804.57</v>
+        <v>0.54</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="B107" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="B107" s="0" t="s">
+      <c r="C107" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D107" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="C107" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E107" s="3">
-        <v>1672.19</v>
+        <v>777.37</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
         <v>227</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>228</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>229</v>
       </c>
       <c r="E108" s="3">
-        <v>226.11</v>
+        <v>312.51</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
         <v>230</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>231</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>232</v>
       </c>
       <c r="E109" s="3">
-        <v>3216.75</v>
+        <v>2561.84</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
         <v>233</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>231</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="E110" s="3">
-        <v>3179.53</v>
+        <v>376.15</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E111" s="3">
-        <v>185.7</v>
+        <v>24210.99</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E112" s="3">
-        <v>33988.32</v>
+        <v>919.33</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E113" s="3">
-        <v>0.52</v>
+        <v>553.66</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E114" s="3">
-        <v>752.3</v>
+        <v>964.14</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E115" s="3">
-        <v>302.43</v>
+        <v>233.93</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E116" s="3">
-        <v>2479.21</v>
+        <v>53.01</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="E117" s="3">
-        <v>364.03</v>
+        <v>79.3</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="E118" s="3">
-        <v>23430.02</v>
+        <v>124.03</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="E119" s="3">
-        <v>889.67</v>
+        <v>462.06</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="E120" s="3">
-        <v>1879.78</v>
+        <v>309.93</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="E121" s="3">
-        <v>535.8</v>
+        <v>1035.5</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="E122" s="3">
-        <v>173.52</v>
+        <v>1117.05</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="E123" s="3">
-        <v>933.04</v>
+        <v>585.63</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>273</v>
+        <v>213</v>
       </c>
       <c r="E124" s="3">
-        <v>226.39</v>
+        <v>187.04</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="B125" s="0" t="s">
         <v>274</v>
       </c>
-      <c r="B125" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C125" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>276</v>
+        <v>213</v>
       </c>
       <c r="E125" s="3">
-        <v>51.31</v>
+        <v>196.31</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="B126" s="0" t="s">
         <v>277</v>
       </c>
-      <c r="B126" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C126" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>279</v>
+        <v>240</v>
       </c>
       <c r="E126" s="3">
-        <v>76.75</v>
+        <v>19.96</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="B127" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="C127" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D127" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="B127" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E127" s="3">
-        <v>120.04</v>
+        <v>352.24</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="B128" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="C128" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D128" s="1" t="s">
         <v>283</v>
       </c>
-      <c r="B128" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E128" s="3">
-        <v>447.16</v>
+        <v>100.03</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="B129" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="C129" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D129" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="B129" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E129" s="3">
-        <v>299.95</v>
+        <v>574.67</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="B130" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="C130" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D130" s="1" t="s">
         <v>289</v>
       </c>
-      <c r="B130" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E130" s="3">
-        <v>1377.1</v>
+        <v>906.6</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="B131" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="C131" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D131" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="B131" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E131" s="3">
-        <v>1081.02</v>
+        <v>42892.36</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>295</v>
+        <v>106</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="E132" s="3">
-        <v>566.74</v>
+        <v>161.05</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>232</v>
+        <v>296</v>
       </c>
       <c r="E133" s="3">
-        <v>181.01</v>
+        <v>157.97</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="B134" s="0" t="s">
         <v>298</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>232</v>
+        <v>296</v>
       </c>
       <c r="E134" s="3">
-        <v>189.98</v>
+        <v>144.63</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="B135" s="0" t="s">
         <v>300</v>
       </c>
-      <c r="B135" s="0" t="s">
+      <c r="C135" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D135" s="1" t="s">
         <v>301</v>
       </c>
-      <c r="C135" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E135" s="3">
-        <v>19.32</v>
+        <v>2.59</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
         <v>302</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>303</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>304</v>
       </c>
       <c r="E136" s="3">
-        <v>340.89</v>
+        <v>693.6</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
         <v>305</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>306</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>307</v>
       </c>
       <c r="E137" s="3">
-        <v>96.82</v>
+        <v>592.94</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
         <v>308</v>
       </c>
       <c r="B138" s="0" t="s">
         <v>309</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>310</v>
       </c>
       <c r="E138" s="3">
-        <v>1340</v>
+        <v>19173.53</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
         <v>311</v>
       </c>
       <c r="B139" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="C139" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D139" s="1" t="s">
         <v>312</v>
       </c>
-      <c r="C139" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E139" s="3">
-        <v>877.37</v>
+        <v>18884.27</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="B140" s="0" t="s">
         <v>314</v>
       </c>
-      <c r="B140" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C140" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>316</v>
+        <v>240</v>
       </c>
       <c r="E140" s="3">
-        <v>41508.75</v>
+        <v>1331.62</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>117</v>
+        <v>314</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>316</v>
       </c>
       <c r="E141" s="3">
-        <v>155.87</v>
+        <v>5150.01</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="B142" s="0" t="s">
         <v>318</v>
       </c>
-      <c r="B142" s="0" t="s">
+      <c r="C142" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D142" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="C142" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E142" s="3">
-        <v>152.88</v>
+        <v>1734.4</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="B143" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="C143" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D143" s="1" t="s">
         <v>321</v>
       </c>
-      <c r="B143" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E143" s="3">
-        <v>139.97</v>
+        <v>15224.13</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="B144" s="0" t="s">
         <v>323</v>
       </c>
-      <c r="B144" s="0" t="s">
+      <c r="C144" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D144" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="C144" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E144" s="3">
-        <v>2.51</v>
+        <v>829.27</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="B145" s="0" t="s">
         <v>326</v>
       </c>
-      <c r="B145" s="0" t="s">
+      <c r="C145" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D145" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="C145" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E145" s="3">
-        <v>671.24</v>
+        <v>209.85</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="B146" s="0" t="s">
         <v>329</v>
       </c>
-      <c r="B146" s="0" t="s">
+      <c r="C146" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D146" s="1" t="s">
         <v>330</v>
       </c>
-      <c r="C146" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E146" s="3">
-        <v>673.81</v>
+        <v>34.4</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="E147" s="3">
-        <v>18555.05</v>
+        <v>7.47</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="E148" s="3">
-        <v>18275.12</v>
+        <v>102.95</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>338</v>
+        <v>329</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>259</v>
+        <v>330</v>
       </c>
       <c r="E149" s="3">
-        <v>1288.67</v>
+        <v>20.18</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="E150" s="3">
-        <v>4983.89</v>
+        <v>17881.77</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="E151" s="3">
-        <v>1678.46</v>
+        <v>6895.48</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="B152" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="C152" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D152" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="C152" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E152" s="3">
-        <v>14733.02</v>
+        <v>35.29</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="E153" s="3">
-        <v>802.52</v>
+        <v>3938.07</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>350</v>
+        <v>298</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="E154" s="3">
-        <v>203.09</v>
+        <v>121.42</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="E155" s="3">
-        <v>33.29</v>
+        <v>215.35</v>
       </c>
       <c r="F155" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="B156" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="C156" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D156" s="1" t="s">
         <v>353</v>
       </c>
-      <c r="C156" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E156" s="3">
-        <v>7.23</v>
+        <v>62.88</v>
       </c>
       <c r="F156" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="B157" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="C157" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D157" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="B157" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E157" s="3">
-        <v>99.63</v>
+        <v>62</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
         <v>357</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="E158" s="3">
-        <v>19.53</v>
+        <v>60.22</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="E159" s="3">
-        <v>17304.94</v>
+        <v>1812.46</v>
       </c>
       <c r="F159" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="B160" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="C160" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D160" s="1" t="s">
         <v>361</v>
       </c>
-      <c r="B160" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E160" s="3">
-        <v>6673.06</v>
+        <v>2.38</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
         <v>364</v>
       </c>
       <c r="B161" s="0" t="s">
         <v>365</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>366</v>
       </c>
       <c r="E161" s="3">
-        <v>34.15</v>
+        <v>2180.47</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
         <v>367</v>
       </c>
       <c r="B162" s="0" t="s">
         <v>368</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>369</v>
       </c>
       <c r="E162" s="3">
-        <v>3811.04</v>
+        <v>865.02</v>
       </c>
       <c r="F162" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
         <v>370</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>322</v>
+        <v>371</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="E163" s="3">
-        <v>117.51</v>
+        <v>188.74</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>373</v>
+        <v>298</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E164" s="3">
-        <v>308.75</v>
+        <v>264.1</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>376</v>
+        <v>298</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>377</v>
+        <v>296</v>
       </c>
       <c r="E165" s="3">
-        <v>60.85</v>
+        <v>186.89</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>379</v>
+        <v>298</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>380</v>
+        <v>40</v>
       </c>
       <c r="E166" s="3">
-        <v>60.01</v>
+        <v>126.99</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="E167" s="3">
-        <v>58.28</v>
+        <v>622.23</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="E168" s="3">
-        <v>1754.01</v>
+        <v>22186.64</v>
       </c>
       <c r="F168" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="E169" s="3">
-        <v>2.3</v>
+        <v>979.92</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="E170" s="3">
-        <v>2110.14</v>
+        <v>1100.21</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="E171" s="3">
-        <v>9086.78</v>
+        <v>464.7</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>395</v>
+        <v>298</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="E172" s="3">
-        <v>837.12</v>
+        <v>468.23</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="E173" s="3">
-        <v>182.65</v>
+        <v>482.98</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>322</v>
+        <v>397</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="E174" s="3">
-        <v>255.58</v>
+        <v>20896.53</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="B175" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="C175" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D175" s="1" t="s">
         <v>401</v>
       </c>
-      <c r="B175" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E175" s="3">
-        <v>180.86</v>
+        <v>247.49</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
         <v>402</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>322</v>
+        <v>403</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>43</v>
+        <v>404</v>
       </c>
       <c r="E176" s="3">
-        <v>122.9</v>
+        <v>480.28</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="E177" s="3">
-        <v>602.16</v>
+        <v>1011.86</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>408</v>
+        <v>213</v>
       </c>
       <c r="E178" s="3">
-        <v>425.54</v>
+        <v>15661.53</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="E179" s="3">
-        <v>1170.07</v>
+        <v>1224.65</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="E180" s="3">
-        <v>21470.96</v>
+        <v>1703.95</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="E181" s="3">
-        <v>948.34</v>
+        <v>20281.16</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="E182" s="3">
-        <v>1064.73</v>
+        <v>519.9</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="E183" s="3">
-        <v>449.72</v>
+        <v>779.6</v>
       </c>
       <c r="F183" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="B184" s="0" t="s">
         <v>423</v>
       </c>
-      <c r="B184" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C184" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E184" s="3">
-        <v>509.54</v>
+        <v>192.06</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E185" s="3">
-        <v>509.33</v>
+        <v>31233.4</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>322</v>
+        <v>431</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="E186" s="3">
-        <v>453.12</v>
+        <v>18624.53</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="E187" s="3">
-        <v>467.4</v>
+        <v>266.8</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="E188" s="3">
-        <v>20222.46</v>
+        <v>788.07</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="E189" s="3">
-        <v>239.51</v>
+        <v>23805.47</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="E190" s="3">
-        <v>464.8</v>
+        <v>7.87</v>
       </c>
       <c r="F190" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>392</v>
+        <v>97</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="E191" s="3">
-        <v>22800.25</v>
+        <v>4.17</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>447</v>
+        <v>217</v>
       </c>
       <c r="E192" s="3">
-        <v>979.22</v>
+        <v>995.04</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>232</v>
+        <v>451</v>
       </c>
       <c r="E193" s="3">
-        <v>15156.33</v>
+        <v>6291.63</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="B194" s="0" t="s">
         <v>450</v>
       </c>
-      <c r="B194" s="0" t="s">
+      <c r="C194" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D194" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="C194" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E194" s="3">
-        <v>1185.15</v>
+        <v>9799.02</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
         <v>453</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="E195" s="3">
-        <v>1648.99</v>
+        <v>10036.96</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>458</v>
+        <v>327</v>
       </c>
       <c r="E196" s="3">
-        <v>19626.93</v>
+        <v>111.23</v>
       </c>
       <c r="F196" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="E197" s="3">
-        <v>503.14</v>
+        <v>10963.82</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>463</v>
+        <v>457</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>464</v>
+        <v>458</v>
       </c>
       <c r="E198" s="3">
-        <v>754.45</v>
+        <v>6433.45</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
       <c r="E199" s="3">
-        <v>185.86</v>
+        <v>211.09</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>468</v>
+        <v>461</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>469</v>
+        <v>464</v>
       </c>
       <c r="E200" s="3">
-        <v>30225.9</v>
+        <v>2037.95</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>470</v>
+        <v>465</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>471</v>
+        <v>466</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
       <c r="E201" s="3">
-        <v>18023.75</v>
+        <v>1243.16</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>474</v>
+        <v>298</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>475</v>
+        <v>366</v>
       </c>
       <c r="E202" s="3">
-        <v>258.2</v>
+        <v>192.24</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>477</v>
+        <v>470</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>478</v>
+        <v>471</v>
       </c>
       <c r="E203" s="3">
-        <v>762.65</v>
+        <v>6151.13</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>479</v>
+        <v>472</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>480</v>
+        <v>473</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>481</v>
+        <v>474</v>
       </c>
       <c r="E204" s="3">
-        <v>23037.57</v>
+        <v>618.16</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>482</v>
+        <v>475</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>483</v>
+        <v>473</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>484</v>
+        <v>474</v>
       </c>
       <c r="E205" s="3">
-        <v>7.62</v>
+        <v>5561.69</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>485</v>
+        <v>476</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>102</v>
+        <v>477</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>486</v>
+        <v>474</v>
       </c>
       <c r="E206" s="3">
-        <v>4.04</v>
+        <v>16168.17</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>487</v>
+        <v>478</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>488</v>
+        <v>477</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>236</v>
+        <v>474</v>
       </c>
       <c r="E207" s="3">
-        <v>962.95</v>
+        <v>1161.55</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>489</v>
+        <v>479</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>490</v>
+        <v>480</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>491</v>
+        <v>481</v>
       </c>
       <c r="E208" s="3">
-        <v>6088.69</v>
+        <v>879.17</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>492</v>
+        <v>482</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>490</v>
+        <v>483</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>491</v>
+        <v>484</v>
       </c>
       <c r="E209" s="3">
-        <v>9482.93</v>
+        <v>96.34</v>
       </c>
       <c r="F209" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>493</v>
+        <v>485</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>490</v>
+        <v>360</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="E210" s="3">
-        <v>9713.19</v>
+        <v>4901.58</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>494</v>
+        <v>487</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>495</v>
+        <v>488</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>351</v>
+        <v>489</v>
       </c>
       <c r="E211" s="3">
-        <v>107.64</v>
+        <v>565.47</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="C212" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>498</v>
+        <v>446</v>
       </c>
       <c r="E212" s="3">
-        <v>10610.16</v>
+        <v>2734.36</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>499</v>
+        <v>492</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="E213" s="3">
-        <v>6225.94</v>
+        <v>15565.34</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>500</v>
+        <v>495</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>392</v>
+        <v>496</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="E214" s="3">
-        <v>204.29</v>
+        <v>2070.15</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>392</v>
+        <v>496</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>503</v>
+        <v>398</v>
       </c>
       <c r="E215" s="3">
-        <v>1972.22</v>
+        <v>229.57</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>504</v>
+        <v>499</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>505</v>
+        <v>298</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>506</v>
+        <v>366</v>
       </c>
       <c r="E216" s="3">
-        <v>1203.07</v>
+        <v>133.79</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>507</v>
+        <v>500</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>508</v>
+        <v>501</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>444</v>
+        <v>502</v>
       </c>
       <c r="E217" s="3">
-        <v>83.98</v>
+        <v>1152.54</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>509</v>
+        <v>503</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="C218" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>511</v>
+        <v>505</v>
       </c>
       <c r="E218" s="3">
-        <v>409.29</v>
+        <v>644.48</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>512</v>
+        <v>506</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>322</v>
+        <v>507</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>390</v>
+        <v>508</v>
       </c>
       <c r="E219" s="3">
-        <v>186.04</v>
+        <v>146.3</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="E220" s="3">
-        <v>5952.71</v>
+        <v>1204.67</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>517</v>
+        <v>510</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>518</v>
+        <v>511</v>
       </c>
       <c r="E221" s="3">
-        <v>598.22</v>
+        <v>1218.53</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>517</v>
+        <v>510</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>518</v>
+        <v>511</v>
       </c>
       <c r="E222" s="3">
-        <v>5382.29</v>
+        <v>490.24</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>521</v>
+        <v>515</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="E223" s="3">
-        <v>15646.63</v>
+        <v>111.72</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>518</v>
+        <v>489</v>
       </c>
       <c r="E224" s="3">
-        <v>1124.1</v>
+        <v>3387.18</v>
       </c>
       <c r="F224" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>525</v>
+        <v>451</v>
       </c>
       <c r="E225" s="3">
-        <v>850.81</v>
+        <v>180.46</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>527</v>
+        <v>522</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>528</v>
+        <v>523</v>
       </c>
       <c r="E226" s="3">
-        <v>93.23</v>
+        <v>869.9</v>
       </c>
       <c r="F226" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>529</v>
+        <v>524</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>384</v>
+        <v>525</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>530</v>
+        <v>213</v>
       </c>
       <c r="E227" s="3">
-        <v>4743.47</v>
+        <v>3881.6</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>531</v>
+        <v>526</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>532</v>
+        <v>527</v>
       </c>
       <c r="C228" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>268</v>
+        <v>528</v>
       </c>
       <c r="E228" s="3">
-        <v>547.23</v>
+        <v>642.96</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>486</v>
+        <v>531</v>
       </c>
       <c r="E229" s="3">
-        <v>2646.19</v>
+        <v>931</v>
       </c>
       <c r="F229" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>536</v>
+        <v>533</v>
       </c>
       <c r="C230" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>537</v>
+        <v>240</v>
       </c>
       <c r="E230" s="3">
-        <v>15063.24</v>
+        <v>230.9</v>
       </c>
       <c r="F230" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="C231" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>540</v>
+        <v>535</v>
       </c>
       <c r="E231" s="3">
-        <v>2003.37</v>
+        <v>213.36</v>
       </c>
       <c r="F231" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>541</v>
+        <v>536</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>436</v>
+        <v>240</v>
       </c>
       <c r="E232" s="3">
-        <v>222.19</v>
+        <v>310.3</v>
       </c>
       <c r="F232" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
-        <v>542</v>
+        <v>537</v>
       </c>
       <c r="B233" s="0" t="s">
-        <v>322</v>
+        <v>533</v>
       </c>
       <c r="C233" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>390</v>
+        <v>538</v>
       </c>
       <c r="E233" s="3">
-        <v>129.48</v>
+        <v>248.8</v>
       </c>
       <c r="F233" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="C234" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="E234" s="3">
-        <v>1115.37</v>
+        <v>718.66</v>
       </c>
       <c r="F234" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>547</v>
+        <v>543</v>
       </c>
       <c r="C235" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
       <c r="E235" s="3">
-        <v>623.69</v>
+        <v>8153.34</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="C236" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
       <c r="E236" s="3">
-        <v>189.97</v>
+        <v>3594.38</v>
       </c>
       <c r="F236" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="C237" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
       <c r="E237" s="3">
-        <v>1165.82</v>
+        <v>1303.47</v>
       </c>
       <c r="F237" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
       <c r="B238" s="0" t="s">
+        <v>552</v>
+      </c>
+      <c r="C238" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D238" s="1" t="s">
         <v>553</v>
       </c>
-      <c r="C238" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E238" s="3">
-        <v>1179.22</v>
+        <v>24746.08</v>
       </c>
       <c r="F238" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="B239" s="0" t="s">
+        <v>555</v>
+      </c>
+      <c r="C239" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D239" s="1" t="s">
         <v>556</v>
       </c>
-      <c r="B239" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E239" s="3">
-        <v>474.44</v>
+        <v>612.07</v>
       </c>
       <c r="F239" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
         <v>557</v>
       </c>
       <c r="B240" s="0" t="s">
         <v>558</v>
       </c>
       <c r="C240" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>559</v>
       </c>
       <c r="E240" s="3">
-        <v>108.12</v>
+        <v>1821.58</v>
       </c>
       <c r="F240" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
         <v>560</v>
       </c>
       <c r="B241" s="0" t="s">
         <v>561</v>
       </c>
       <c r="C241" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>268</v>
+        <v>562</v>
       </c>
       <c r="E241" s="3">
-        <v>3277.92</v>
+        <v>1214.42</v>
       </c>
       <c r="F241" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C242" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>491</v>
+        <v>565</v>
       </c>
       <c r="E242" s="3">
-        <v>174.64</v>
+        <v>2367.09</v>
       </c>
       <c r="F242" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C243" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="E243" s="3">
-        <v>841.86</v>
+        <v>1393.75</v>
       </c>
       <c r="F243" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>568</v>
+        <v>298</v>
       </c>
       <c r="C244" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>232</v>
+        <v>570</v>
       </c>
       <c r="E244" s="3">
-        <v>3756.39</v>
+        <v>290.31</v>
       </c>
       <c r="F244" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>570</v>
+        <v>298</v>
       </c>
       <c r="C245" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>571</v>
+        <v>366</v>
       </c>
       <c r="E245" s="3">
-        <v>622.23</v>
+        <v>290.82</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
         <v>572</v>
       </c>
       <c r="B246" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="C246" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D246" s="1" t="s">
         <v>573</v>
       </c>
-      <c r="C246" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E246" s="3">
-        <v>900.98</v>
+        <v>301.28</v>
       </c>
       <c r="F246" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="B247" s="0" t="s">
         <v>575</v>
       </c>
-      <c r="B247" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C247" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>259</v>
+        <v>356</v>
       </c>
       <c r="E247" s="3">
-        <v>223.45</v>
+        <v>502.7</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="C248" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>578</v>
+        <v>356</v>
       </c>
       <c r="E248" s="3">
-        <v>206.46</v>
+        <v>398.03</v>
       </c>
       <c r="F248" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="B249" s="0" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="C249" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>259</v>
+        <v>356</v>
       </c>
       <c r="E249" s="3">
-        <v>300.3</v>
+        <v>344.11</v>
       </c>
       <c r="F249" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="C250" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>581</v>
+        <v>356</v>
       </c>
       <c r="E250" s="3">
-        <v>240.77</v>
+        <v>336.45</v>
       </c>
       <c r="F250" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>583</v>
+        <v>580</v>
       </c>
       <c r="C251" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>584</v>
+        <v>581</v>
       </c>
       <c r="E251" s="3">
-        <v>695.48</v>
+        <v>2882.5</v>
       </c>
       <c r="F251" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="C252" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="E252" s="3">
-        <v>7890.33</v>
+        <v>3304.06</v>
       </c>
       <c r="F252" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>589</v>
+        <v>586</v>
       </c>
       <c r="C253" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>590</v>
+        <v>584</v>
       </c>
       <c r="E253" s="3">
-        <v>3478.43</v>
+        <v>3223.81</v>
       </c>
       <c r="F253" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="C254" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>593</v>
+        <v>589</v>
       </c>
       <c r="E254" s="3">
-        <v>1261.43</v>
+        <v>20421.35</v>
       </c>
       <c r="F254" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
       <c r="B255" s="0" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="C255" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>596</v>
+        <v>592</v>
       </c>
       <c r="E255" s="3">
-        <v>23947.82</v>
+        <v>473.02</v>
       </c>
       <c r="F255" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B256" s="0" t="s">
-        <v>598</v>
+        <v>594</v>
       </c>
       <c r="C256" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>599</v>
+        <v>595</v>
       </c>
       <c r="E256" s="3">
-        <v>573.22</v>
+        <v>8162.45</v>
       </c>
       <c r="F256" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
-        <v>600</v>
+        <v>596</v>
       </c>
       <c r="B257" s="0" t="s">
-        <v>601</v>
+        <v>597</v>
       </c>
       <c r="C257" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>602</v>
+        <v>598</v>
       </c>
       <c r="E257" s="3">
-        <v>592.33</v>
+        <v>4525.49</v>
       </c>
       <c r="F257" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>604</v>
+        <v>600</v>
       </c>
       <c r="C258" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>605</v>
+        <v>601</v>
       </c>
       <c r="E258" s="3">
-        <v>284.82</v>
+        <v>150.14</v>
       </c>
       <c r="F258" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
-        <v>606</v>
+        <v>602</v>
       </c>
       <c r="B259" s="0" t="s">
+        <v>603</v>
+      </c>
+      <c r="C259" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D259" s="1" t="s">
         <v>604</v>
       </c>
-      <c r="C259" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E259" s="3">
-        <v>1183.11</v>
+        <v>233.86</v>
       </c>
       <c r="F259" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="B260" s="0" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="C260" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>610</v>
+        <v>240</v>
       </c>
       <c r="E260" s="3">
-        <v>1175.25</v>
+        <v>1258.09</v>
       </c>
       <c r="F260" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
-        <v>611</v>
+        <v>607</v>
       </c>
       <c r="B261" s="0" t="s">
-        <v>612</v>
+        <v>608</v>
       </c>
       <c r="C261" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>613</v>
+        <v>609</v>
       </c>
       <c r="E261" s="3">
-        <v>2290.74</v>
+        <v>1558.66</v>
       </c>
       <c r="F261" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
-        <v>614</v>
+        <v>610</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>615</v>
+        <v>611</v>
       </c>
       <c r="C262" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>616</v>
+        <v>612</v>
       </c>
       <c r="E262" s="3">
-        <v>1448.79</v>
+        <v>1187.59</v>
       </c>
       <c r="F262" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
-        <v>617</v>
+        <v>613</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>322</v>
+        <v>614</v>
       </c>
       <c r="C263" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>618</v>
+        <v>40</v>
       </c>
       <c r="E263" s="3">
-        <v>280.94</v>
+        <v>666.45</v>
       </c>
       <c r="F263" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>619</v>
+        <v>615</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>322</v>
+        <v>616</v>
       </c>
       <c r="C264" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>390</v>
+        <v>617</v>
       </c>
       <c r="E264" s="3">
-        <v>281.45</v>
+        <v>42730.65</v>
       </c>
       <c r="F264" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="B265" s="0" t="s">
+        <v>619</v>
+      </c>
+      <c r="C265" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D265" s="1" t="s">
         <v>620</v>
       </c>
-      <c r="B265" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E265" s="3">
-        <v>291.56</v>
+        <v>359.75</v>
       </c>
       <c r="F265" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
+        <v>621</v>
+      </c>
+      <c r="B266" s="0" t="s">
         <v>622</v>
       </c>
-      <c r="B266" s="0" t="s">
+      <c r="C266" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D266" s="1" t="s">
         <v>623</v>
       </c>
-      <c r="C266" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E266" s="3">
-        <v>486.5</v>
+        <v>161.58</v>
       </c>
       <c r="F266" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
         <v>624</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>380</v>
+        <v>626</v>
       </c>
       <c r="E267" s="3">
-        <v>385.19</v>
+        <v>31087.22</v>
       </c>
       <c r="F267" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="C268" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>380</v>
+        <v>240</v>
       </c>
       <c r="E268" s="3">
-        <v>333</v>
+        <v>869.06</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>380</v>
+        <v>630</v>
       </c>
       <c r="E269" s="3">
-        <v>325.6</v>
+        <v>1077.5</v>
       </c>
       <c r="F269" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>628</v>
+        <v>461</v>
       </c>
       <c r="C270" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="E270" s="3">
-        <v>2789.54</v>
+        <v>4084.94</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="C271" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="E271" s="3">
-        <v>3197.48</v>
+        <v>441.82</v>
       </c>
       <c r="F271" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="C272" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>632</v>
+        <v>398</v>
       </c>
       <c r="E272" s="3">
-        <v>3119.83</v>
+        <v>821.63</v>
       </c>
       <c r="F272" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="E273" s="3">
-        <v>19762.6</v>
+        <v>5872.46</v>
       </c>
       <c r="F273" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="E274" s="3">
-        <v>457.76</v>
+        <v>4.96</v>
       </c>
       <c r="F274" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>642</v>
+        <v>611</v>
       </c>
       <c r="C275" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>605</v>
+        <v>645</v>
       </c>
       <c r="E275" s="3">
-        <v>7899.16</v>
+        <v>1212.91</v>
       </c>
       <c r="F275" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>392</v>
+        <v>647</v>
       </c>
       <c r="C276" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="E276" s="3">
-        <v>24089.92</v>
+        <v>2017.93</v>
       </c>
       <c r="F276" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>392</v>
+        <v>650</v>
       </c>
       <c r="C277" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="E277" s="3">
-        <v>25825.03</v>
+        <v>2197.06</v>
       </c>
       <c r="F277" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="C278" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>649</v>
+        <v>538</v>
       </c>
       <c r="E278" s="3">
-        <v>4379.52</v>
+        <v>303.19</v>
       </c>
       <c r="F278" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="C279" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="E279" s="3">
-        <v>145.3</v>
+        <v>2912.3</v>
       </c>
       <c r="F279" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="C280" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="E280" s="3">
-        <v>226.33</v>
+        <v>1927.63</v>
       </c>
       <c r="F280" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="B281" s="0" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="C281" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>259</v>
+        <v>595</v>
       </c>
       <c r="E281" s="3">
-        <v>1217.52</v>
+        <v>44.81</v>
       </c>
       <c r="F281" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="C282" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="E282" s="3">
-        <v>1566.55</v>
+        <v>482.82</v>
       </c>
       <c r="F282" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>662</v>
+        <v>461</v>
       </c>
       <c r="C283" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="E283" s="3">
-        <v>43.74</v>
+        <v>3569.61</v>
       </c>
       <c r="F283" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="C284" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="E284" s="3">
-        <v>1149.28</v>
+        <v>5904.59</v>
       </c>
       <c r="F284" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="C285" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>43</v>
+        <v>671</v>
       </c>
       <c r="E285" s="3">
-        <v>644.97</v>
+        <v>1170.02</v>
       </c>
       <c r="F285" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C286" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="E286" s="3">
-        <v>41352.25</v>
+        <v>589.02</v>
       </c>
       <c r="F286" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="C287" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="E287" s="3">
-        <v>348.15</v>
+        <v>734.73</v>
       </c>
       <c r="F287" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="C288" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="E288" s="3">
-        <v>156.37</v>
+        <v>665.38</v>
       </c>
       <c r="F288" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="C289" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>680</v>
+        <v>474</v>
       </c>
       <c r="E289" s="3">
-        <v>30084.42</v>
+        <v>18.55</v>
       </c>
       <c r="F289" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="B290" s="0" t="s">
         <v>682</v>
       </c>
       <c r="C290" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>259</v>
+        <v>684</v>
       </c>
       <c r="E290" s="3">
-        <v>841.03</v>
+        <v>310.13</v>
       </c>
       <c r="F290" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="C291" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="E291" s="3">
-        <v>1042.74</v>
+        <v>5927.67</v>
       </c>
       <c r="F291" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="C292" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="E292" s="3">
-        <v>3953.19</v>
+        <v>21.52</v>
       </c>
       <c r="F292" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>689</v>
+        <v>326</v>
       </c>
       <c r="C293" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>690</v>
+        <v>327</v>
       </c>
       <c r="E293" s="3">
-        <v>624.34</v>
+        <v>57.2</v>
       </c>
       <c r="F293" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="B294" s="0" t="s">
-        <v>692</v>
+        <v>326</v>
       </c>
       <c r="C294" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>436</v>
+        <v>327</v>
       </c>
       <c r="E294" s="3">
-        <v>795.14</v>
+        <v>257.58</v>
       </c>
       <c r="F294" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
         <v>693</v>
       </c>
       <c r="B295" s="0" t="s">
         <v>694</v>
       </c>
       <c r="C295" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>695</v>
       </c>
       <c r="E295" s="3">
-        <v>5683.03</v>
+        <v>533.82</v>
       </c>
       <c r="F295" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
         <v>696</v>
       </c>
       <c r="B296" s="0" t="s">
         <v>697</v>
       </c>
       <c r="C296" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>698</v>
       </c>
       <c r="E296" s="3">
-        <v>648.07</v>
+        <v>46.39</v>
       </c>
       <c r="F296" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
         <v>699</v>
       </c>
       <c r="B297" s="0" t="s">
         <v>700</v>
       </c>
       <c r="C297" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D297" s="1" t="s">
         <v>701</v>
       </c>
       <c r="E297" s="3">
-        <v>4.8</v>
+        <v>191.29</v>
       </c>
       <c r="F297" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
         <v>702</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>665</v>
+        <v>496</v>
       </c>
       <c r="C298" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>703</v>
       </c>
       <c r="E298" s="3">
-        <v>1173.8</v>
+        <v>23664.99</v>
       </c>
       <c r="F298" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
         <v>704</v>
       </c>
       <c r="B299" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="C299" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D299" s="1" t="s">
         <v>705</v>
       </c>
-      <c r="C299" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E299" s="3">
-        <v>1952.84</v>
+        <v>342.24</v>
       </c>
       <c r="F299" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
+        <v>706</v>
+      </c>
+      <c r="B300" s="0" t="s">
         <v>707</v>
       </c>
-      <c r="B300" s="0" t="s">
+      <c r="C300" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D300" s="1" t="s">
         <v>708</v>
       </c>
-      <c r="C300" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E300" s="3">
-        <v>2126.21</v>
+        <v>762.92</v>
       </c>
       <c r="F300" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="B301" s="0" t="s">
         <v>710</v>
       </c>
-      <c r="B301" s="0" t="s">
+      <c r="C301" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D301" s="1" t="s">
         <v>711</v>
       </c>
-      <c r="C301" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E301" s="3">
-        <v>293.4</v>
+        <v>22950.69</v>
       </c>
       <c r="F301" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
         <v>712</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="C302" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="E302" s="3">
-        <v>2818.33</v>
+        <v>8896.53</v>
       </c>
       <c r="F302" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="C303" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="E303" s="3">
-        <v>1865.44</v>
+        <v>8351.13</v>
       </c>
       <c r="F303" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>718</v>
+        <v>461</v>
       </c>
       <c r="C304" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>605</v>
+        <v>719</v>
       </c>
       <c r="E304" s="3">
-        <v>43.37</v>
+        <v>5549.11</v>
       </c>
       <c r="F304" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="E305" s="3">
-        <v>467.25</v>
+        <v>121.79</v>
       </c>
       <c r="F305" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>392</v>
+        <v>543</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="E306" s="3">
-        <v>3454.46</v>
+        <v>9981.88</v>
       </c>
       <c r="F306" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="C307" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="E307" s="3">
-        <v>5714.12</v>
+        <v>15169.9</v>
       </c>
       <c r="F307" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
       <c r="C308" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D308" s="1" t="s">
         <v>729</v>
       </c>
       <c r="E308" s="3">
-        <v>1132.28</v>
+        <v>22730.09</v>
       </c>
       <c r="F308" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
         <v>730</v>
       </c>
       <c r="B309" s="0" t="s">
         <v>731</v>
       </c>
       <c r="C309" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>732</v>
+        <v>595</v>
       </c>
       <c r="E309" s="3">
-        <v>570.02</v>
+        <v>10592.03</v>
       </c>
       <c r="F309" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
+        <v>732</v>
+      </c>
+      <c r="B310" s="0" t="s">
         <v>733</v>
       </c>
-      <c r="B310" s="0" t="s">
+      <c r="C310" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D310" s="1" t="s">
         <v>734</v>
       </c>
-      <c r="C310" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E310" s="3">
-        <v>468.29</v>
+        <v>2008.52</v>
       </c>
       <c r="F310" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
+        <v>735</v>
+      </c>
+      <c r="B311" s="0" t="s">
         <v>736</v>
       </c>
-      <c r="B311" s="0" t="s">
+      <c r="C311" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D311" s="1" t="s">
         <v>737</v>
       </c>
-      <c r="C311" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E311" s="3">
-        <v>711.04</v>
+        <v>460.07</v>
       </c>
       <c r="F311" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
-        <v>739</v>
+        <v>738</v>
       </c>
       <c r="B312" s="0" t="s">
-        <v>740</v>
+        <v>736</v>
       </c>
       <c r="C312" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>741</v>
+        <v>598</v>
       </c>
       <c r="E312" s="3">
-        <v>2579.4</v>
+        <v>460.07</v>
       </c>
       <c r="F312" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>743</v>
+        <v>736</v>
       </c>
       <c r="C313" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>518</v>
+        <v>598</v>
       </c>
       <c r="E313" s="3">
-        <v>17.96</v>
+        <v>322.63</v>
       </c>
       <c r="F313" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>743</v>
+        <v>736</v>
       </c>
       <c r="C314" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>745</v>
+        <v>741</v>
       </c>
       <c r="E314" s="3">
-        <v>300.13</v>
+        <v>3582.15</v>
       </c>
       <c r="F314" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>746</v>
+        <v>742</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>747</v>
+        <v>736</v>
       </c>
       <c r="C315" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>91</v>
+        <v>743</v>
       </c>
       <c r="E315" s="3">
-        <v>6.88</v>
+        <v>5461.86</v>
       </c>
       <c r="F315" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
-        <v>748</v>
+        <v>744</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>749</v>
+        <v>745</v>
       </c>
       <c r="C316" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="E316" s="3">
-        <v>5736.47</v>
+        <v>77.83</v>
       </c>
       <c r="F316" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="C317" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>753</v>
+        <v>749</v>
       </c>
       <c r="E317" s="3">
-        <v>20.83</v>
+        <v>100.1</v>
       </c>
       <c r="F317" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
-        <v>754</v>
+        <v>750</v>
       </c>
       <c r="B318" s="0" t="s">
-        <v>350</v>
+        <v>748</v>
       </c>
       <c r="C318" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>351</v>
+        <v>751</v>
       </c>
       <c r="E318" s="3">
-        <v>55.36</v>
+        <v>689.93</v>
       </c>
       <c r="F318" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>350</v>
+        <v>753</v>
       </c>
       <c r="C319" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>351</v>
+        <v>754</v>
       </c>
       <c r="E319" s="3">
-        <v>249.28</v>
+        <v>7.87</v>
       </c>
       <c r="F319" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
+        <v>755</v>
+      </c>
+      <c r="B320" s="0" t="s">
         <v>756</v>
       </c>
-      <c r="B320" s="0" t="s">
+      <c r="C320" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D320" s="1" t="s">
         <v>757</v>
       </c>
-      <c r="C320" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E320" s="3">
-        <v>516.6</v>
+        <v>36.29</v>
       </c>
       <c r="F320" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
+        <v>758</v>
+      </c>
+      <c r="B321" s="0" t="s">
         <v>759</v>
       </c>
-      <c r="B321" s="0" t="s">
+      <c r="C321" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D321" s="1" t="s">
         <v>760</v>
       </c>
-      <c r="C321" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E321" s="3">
-        <v>84.89</v>
+        <v>240.99</v>
       </c>
       <c r="F321" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>763</v>
+        <v>448</v>
       </c>
       <c r="C322" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>764</v>
+        <v>217</v>
       </c>
       <c r="E322" s="3">
-        <v>110.66</v>
+        <v>286.01</v>
       </c>
       <c r="F322" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
-        <v>765</v>
+        <v>762</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="C323" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>767</v>
+        <v>446</v>
       </c>
       <c r="E323" s="3">
-        <v>185.12</v>
+        <v>1038.42</v>
       </c>
       <c r="F323" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
-        <v>768</v>
+        <v>764</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>539</v>
+        <v>765</v>
       </c>
       <c r="C324" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>769</v>
+        <v>760</v>
       </c>
       <c r="E324" s="3">
-        <v>22901.63</v>
+        <v>240.99</v>
       </c>
       <c r="F324" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
-        <v>770</v>
+        <v>766</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>322</v>
+        <v>767</v>
       </c>
       <c r="C325" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
       <c r="E325" s="3">
-        <v>331.21</v>
+        <v>72.54</v>
       </c>
       <c r="F325" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="B326" s="0" t="s">
-        <v>773</v>
+        <v>697</v>
       </c>
       <c r="C326" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>774</v>
+        <v>770</v>
       </c>
       <c r="E326" s="3">
-        <v>1428.64</v>
+        <v>1465.3</v>
       </c>
       <c r="F326" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
-        <v>775</v>
+        <v>771</v>
       </c>
       <c r="B327" s="0" t="s">
-        <v>776</v>
+        <v>543</v>
       </c>
       <c r="C327" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>777</v>
+        <v>772</v>
       </c>
       <c r="E327" s="3">
-        <v>22210.38</v>
+        <v>3007.7</v>
       </c>
       <c r="F327" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
-        <v>778</v>
+        <v>773</v>
       </c>
       <c r="B328" s="0" t="s">
-        <v>779</v>
+        <v>774</v>
       </c>
       <c r="C328" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>780</v>
+        <v>775</v>
       </c>
       <c r="E328" s="3">
-        <v>8609.57</v>
+        <v>1651.45</v>
       </c>
       <c r="F328" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
-        <v>781</v>
+        <v>776</v>
       </c>
       <c r="B329" s="0" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
       <c r="C329" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>783</v>
+        <v>40</v>
       </c>
       <c r="E329" s="3">
-        <v>8081.74</v>
+        <v>56.19</v>
       </c>
       <c r="F329" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
-        <v>784</v>
+        <v>778</v>
       </c>
       <c r="B330" s="0" t="s">
-        <v>392</v>
+        <v>779</v>
       </c>
       <c r="C330" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>785</v>
+        <v>780</v>
       </c>
       <c r="E330" s="3">
-        <v>5370.12</v>
+        <v>1779.23</v>
       </c>
       <c r="F330" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
-        <v>786</v>
+        <v>781</v>
       </c>
       <c r="B331" s="0" t="s">
-        <v>787</v>
+        <v>782</v>
       </c>
       <c r="C331" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>788</v>
+        <v>783</v>
       </c>
       <c r="E331" s="3">
-        <v>117.86</v>
+        <v>871.8</v>
       </c>
       <c r="F331" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
-        <v>789</v>
+        <v>784</v>
       </c>
       <c r="B332" s="0" t="s">
-        <v>586</v>
+        <v>726</v>
       </c>
       <c r="C332" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>790</v>
+        <v>727</v>
       </c>
       <c r="E332" s="3">
-        <v>9659.88</v>
+        <v>18086.36</v>
       </c>
       <c r="F332" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
-        <v>791</v>
+        <v>785</v>
       </c>
       <c r="B333" s="0" t="s">
-        <v>792</v>
+        <v>726</v>
       </c>
       <c r="C333" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>793</v>
+        <v>727</v>
       </c>
       <c r="E333" s="3">
-        <v>14680.56</v>
+        <v>32286.03</v>
       </c>
       <c r="F333" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
-        <v>794</v>
+        <v>786</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>792</v>
+        <v>787</v>
       </c>
       <c r="C334" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>795</v>
+        <v>788</v>
       </c>
       <c r="E334" s="3">
-        <v>21996.86</v>
+        <v>686.68</v>
       </c>
       <c r="F334" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
-        <v>796</v>
+        <v>789</v>
       </c>
       <c r="B335" s="0" t="s">
-        <v>797</v>
+        <v>790</v>
       </c>
       <c r="C335" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D335" s="1" t="s">
-        <v>605</v>
+      <c r="D335" s="0" t="s">
+        <v>791</v>
       </c>
       <c r="E335" s="3">
-        <v>10250.35</v>
+        <v>104.05</v>
       </c>
       <c r="F335" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
-        <v>798</v>
+        <v>792</v>
       </c>
       <c r="B336" s="0" t="s">
-        <v>799</v>
+        <v>793</v>
       </c>
       <c r="C336" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D336" s="1" t="s">
-        <v>800</v>
+      <c r="D336" s="0" t="s">
+        <v>189</v>
       </c>
       <c r="E336" s="3">
-        <v>1943.73</v>
+        <v>3337.68</v>
       </c>
       <c r="F336" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
-        <v>801</v>
+        <v>794</v>
       </c>
       <c r="B337" s="0" t="s">
-        <v>802</v>
+        <v>795</v>
       </c>
       <c r="C337" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D337" s="1" t="s">
-        <v>803</v>
+      <c r="D337" s="0" t="s">
+        <v>796</v>
       </c>
       <c r="E337" s="3">
-        <v>445.23</v>
+        <v>19674.34</v>
       </c>
       <c r="F337" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
-        <v>804</v>
+        <v>797</v>
       </c>
       <c r="B338" s="0" t="s">
-        <v>802</v>
+        <v>798</v>
       </c>
       <c r="C338" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D338" s="1" t="s">
-        <v>649</v>
+      <c r="D338" s="0" t="s">
+        <v>799</v>
       </c>
       <c r="E338" s="3">
-        <v>445.23</v>
+        <v>487.76</v>
       </c>
       <c r="F338" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
-        <v>805</v>
+        <v>800</v>
       </c>
       <c r="B339" s="0" t="s">
+        <v>801</v>
+      </c>
+      <c r="C339" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D339" s="0" t="s">
         <v>802</v>
       </c>
-      <c r="C339" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E339" s="3">
-        <v>312.22</v>
+        <v>816.33</v>
       </c>
       <c r="F339" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
-        <v>806</v>
+        <v>803</v>
       </c>
       <c r="B340" s="0" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="C340" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D340" s="1" t="s">
-        <v>807</v>
+      <c r="D340" s="0" t="s">
+        <v>805</v>
       </c>
       <c r="E340" s="3">
-        <v>3466.6</v>
+        <v>268.27</v>
       </c>
       <c r="F340" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
+        <v>806</v>
+      </c>
+      <c r="B341" s="0" t="s">
+        <v>807</v>
+      </c>
+      <c r="C341" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D341" s="0" t="s">
         <v>808</v>
       </c>
-      <c r="B341" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E341" s="3">
-        <v>5285.67</v>
+        <v>1703.62</v>
       </c>
       <c r="F341" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
+        <v>809</v>
+      </c>
+      <c r="B342" s="0" t="s">
         <v>810</v>
       </c>
-      <c r="B342" s="0" t="s">
+      <c r="C342" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D342" s="0" t="s">
         <v>811</v>
       </c>
-      <c r="C342" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E342" s="3">
-        <v>75.32</v>
+        <v>1160.85</v>
       </c>
       <c r="F342" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
+        <v>812</v>
+      </c>
+      <c r="B343" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="C343" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D343" s="0" t="s">
         <v>813</v>
       </c>
-      <c r="B343" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E343" s="3">
-        <v>96.88</v>
+        <v>713.73</v>
       </c>
       <c r="F343" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
+        <v>814</v>
+      </c>
+      <c r="B344" s="0" t="s">
+        <v>815</v>
+      </c>
+      <c r="C344" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D344" s="0" t="s">
         <v>816</v>
       </c>
-      <c r="B344" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E344" s="3">
-        <v>667.68</v>
+        <v>320.6</v>
       </c>
       <c r="F344" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
+        <v>817</v>
+      </c>
+      <c r="B345" s="0" t="s">
         <v>818</v>
       </c>
-      <c r="B345" s="0" t="s">
+      <c r="C345" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D345" s="0" t="s">
         <v>819</v>
       </c>
-      <c r="C345" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E345" s="3">
-        <v>7.62</v>
+        <v>690.44</v>
       </c>
       <c r="F345" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
+        <v>820</v>
+      </c>
+      <c r="B346" s="0" t="s">
         <v>821</v>
       </c>
-      <c r="B346" s="0" t="s">
+      <c r="C346" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D346" s="0" t="s">
         <v>822</v>
       </c>
-      <c r="C346" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E346" s="3">
-        <v>35.12</v>
+        <v>425.96</v>
       </c>
       <c r="F346" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
+        <v>823</v>
+      </c>
+      <c r="B347" s="0" t="s">
         <v>824</v>
       </c>
-      <c r="B347" s="0" t="s">
+      <c r="C347" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D347" s="0" t="s">
         <v>825</v>
       </c>
-      <c r="C347" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E347" s="3">
-        <v>233.22</v>
+        <v>187.96</v>
       </c>
       <c r="F347" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
+        <v>826</v>
+      </c>
+      <c r="B348" s="0" t="s">
         <v>827</v>
       </c>
-      <c r="B348" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C348" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D348" s="1" t="s">
-        <v>236</v>
+      <c r="D348" s="0" t="s">
+        <v>828</v>
       </c>
       <c r="E348" s="3">
-        <v>276.78</v>
+        <v>756.75</v>
       </c>
       <c r="F348" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="B349" s="0" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="C349" s="0" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>486</v>
+        <v>831</v>
+      </c>
+      <c r="D349" s="0" t="s">
+        <v>832</v>
       </c>
       <c r="E349" s="3">
-        <v>1004.93</v>
+        <v>3048.45</v>
       </c>
       <c r="F349" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="B350" s="0" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="C350" s="0" t="s">
-        <v>8</v>
+        <v>835</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>826</v>
+        <v>836</v>
       </c>
       <c r="E350" s="3">
-        <v>233.22</v>
+        <v>28.89</v>
       </c>
       <c r="F350" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
-        <v>832</v>
+        <v>837</v>
       </c>
       <c r="B351" s="0" t="s">
-        <v>833</v>
+        <v>164</v>
       </c>
       <c r="C351" s="0" t="s">
-        <v>8</v>
+        <v>835</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>834</v>
+        <v>43</v>
       </c>
       <c r="E351" s="3">
-        <v>70.2</v>
+        <v>37.55</v>
       </c>
       <c r="F351" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
+        <v>838</v>
+      </c>
+      <c r="B352" s="0" t="s">
+        <v>839</v>
+      </c>
+      <c r="C352" s="0" t="s">
         <v>835</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
       <c r="D352" s="1" t="s">
         <v>836</v>
       </c>
       <c r="E352" s="3">
-        <v>1478.03</v>
+        <v>233.15</v>
       </c>
       <c r="F352" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="B353" s="0" t="s">
-        <v>586</v>
+        <v>841</v>
       </c>
       <c r="C353" s="0" t="s">
-        <v>8</v>
+        <v>835</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>838</v>
+        <v>757</v>
       </c>
       <c r="E353" s="3">
-        <v>2910.68</v>
+        <v>36.29</v>
       </c>
       <c r="F353" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="B354" s="0" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="C354" s="0" t="s">
-        <v>8</v>
+        <v>835</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="E354" s="3">
-        <v>1598.19</v>
+        <v>36.29</v>
       </c>
       <c r="F354" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="B355" s="0" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="C355" s="0" t="s">
-        <v>8</v>
+        <v>835</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>43</v>
+        <v>847</v>
       </c>
       <c r="E355" s="3">
-        <v>54.38</v>
+        <v>1483.49</v>
       </c>
       <c r="F355" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="B356" s="0" t="s">
-        <v>392</v>
+        <v>849</v>
       </c>
       <c r="C356" s="0" t="s">
-        <v>8</v>
+        <v>835</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>390</v>
+        <v>850</v>
       </c>
       <c r="E356" s="3">
-        <v>1991.52</v>
+        <v>163.84</v>
       </c>
       <c r="F356" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="B357" s="0" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="C357" s="0" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>847</v>
+        <v>835</v>
+      </c>
+      <c r="D357" s="0" t="s">
+        <v>189</v>
       </c>
       <c r="E357" s="3">
-        <v>1721.86</v>
+        <v>46.17</v>
       </c>
       <c r="F357" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
-        <v>848</v>
+        <v>853</v>
       </c>
       <c r="B358" s="0" t="s">
-        <v>849</v>
+        <v>854</v>
       </c>
       <c r="C358" s="0" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>850</v>
+        <v>835</v>
+      </c>
+      <c r="D358" s="0" t="s">
+        <v>855</v>
       </c>
       <c r="E358" s="3">
-        <v>843.68</v>
+        <v>9.85</v>
       </c>
       <c r="F358" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
-        <v>851</v>
+        <v>856</v>
       </c>
       <c r="B359" s="0" t="s">
-        <v>792</v>
+        <v>857</v>
       </c>
       <c r="C359" s="0" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>793</v>
+        <v>835</v>
+      </c>
+      <c r="D359" s="0" t="s">
+        <v>858</v>
       </c>
       <c r="E359" s="3">
-        <v>17502.92</v>
+        <v>20.92</v>
       </c>
       <c r="F359" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
-        <v>852</v>
+        <v>859</v>
       </c>
       <c r="B360" s="0" t="s">
-        <v>792</v>
+        <v>860</v>
       </c>
       <c r="C360" s="0" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>793</v>
+        <v>835</v>
+      </c>
+      <c r="D360" s="0" t="s">
+        <v>861</v>
       </c>
       <c r="E360" s="3">
-        <v>31244.56</v>
+        <v>7648.32</v>
       </c>
       <c r="F360" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
-        <v>853</v>
+        <v>862</v>
       </c>
       <c r="B361" s="0" t="s">
-        <v>854</v>
+        <v>461</v>
       </c>
       <c r="C361" s="0" t="s">
-        <v>8</v>
+        <v>835</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>855</v>
+        <v>754</v>
       </c>
       <c r="E361" s="3">
-        <v>664.53</v>
+        <v>9658.96</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>10</v>
-[...538 lines deleted...]
-      <c r="F388" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -11238,59 +10477,32 @@
     <hyperlink ref="F337" r:id="rId337"/>
     <hyperlink ref="F338" r:id="rId338"/>
     <hyperlink ref="F339" r:id="rId339"/>
     <hyperlink ref="F340" r:id="rId340"/>
     <hyperlink ref="F341" r:id="rId341"/>
     <hyperlink ref="F342" r:id="rId342"/>
     <hyperlink ref="F343" r:id="rId343"/>
     <hyperlink ref="F344" r:id="rId344"/>
     <hyperlink ref="F345" r:id="rId345"/>
     <hyperlink ref="F346" r:id="rId346"/>
     <hyperlink ref="F347" r:id="rId347"/>
     <hyperlink ref="F348" r:id="rId348"/>
     <hyperlink ref="F349" r:id="rId349"/>
     <hyperlink ref="F350" r:id="rId350"/>
     <hyperlink ref="F351" r:id="rId351"/>
     <hyperlink ref="F352" r:id="rId352"/>
     <hyperlink ref="F353" r:id="rId353"/>
     <hyperlink ref="F354" r:id="rId354"/>
     <hyperlink ref="F355" r:id="rId355"/>
     <hyperlink ref="F356" r:id="rId356"/>
     <hyperlink ref="F357" r:id="rId357"/>
     <hyperlink ref="F358" r:id="rId358"/>
     <hyperlink ref="F359" r:id="rId359"/>
     <hyperlink ref="F360" r:id="rId360"/>
     <hyperlink ref="F361" r:id="rId361"/>
-    <hyperlink ref="F362" r:id="rId362"/>
-[...25 lines deleted...]
-    <hyperlink ref="F388" r:id="rId388"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>