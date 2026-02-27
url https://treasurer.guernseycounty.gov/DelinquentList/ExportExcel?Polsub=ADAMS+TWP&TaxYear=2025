--- v0 (2026-01-10)
+++ v1 (2026-02-27)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="138">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>01-0000032.000</t>
   </si>
   <si>
     <t>BARONE EUGENE</t>
   </si>
   <si>
@@ -135,67 +135,50 @@
   <si>
     <t>SMALL KRAY A ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">MATHEWS RD  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>01-0000455.000</t>
   </si>
   <si>
     <t>STAGE THOMAS E JR</t>
   </si>
   <si>
     <t xml:space="preserve">LORETTA LN  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>01-0000456.000</t>
   </si>
   <si>
     <t xml:space="preserve">5691 FAIRDALE DR  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
-    <t>01-0000563.001</t>
-[...15 lines deleted...]
-  <si>
     <t>01-0000640.000</t>
   </si>
   <si>
     <t>WILLIS IAN B</t>
   </si>
   <si>
     <t xml:space="preserve">4215 ASHWOOD DR  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>01-0000666.001</t>
   </si>
   <si>
     <t>TOTTERDALE JUSTIN &amp; KRISTINA</t>
   </si>
   <si>
     <t xml:space="preserve">ASHWOOD DR  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>01-0000824.000</t>
   </si>
   <si>
     <t>BUCKEY LARRY</t>
   </si>
@@ -339,60 +322,50 @@
   <si>
     <t>YOUNG DOUGLAS</t>
   </si>
   <si>
     <t xml:space="preserve">TEDRICK RD  
 NEW CONCORD OH 43762</t>
   </si>
   <si>
     <t>01-0002109.000</t>
   </si>
   <si>
     <t>LUDWIG WILLIAM J &amp; NATALIE J</t>
   </si>
   <si>
     <t xml:space="preserve">4415 GLENN HWY  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>01-0002225.000</t>
   </si>
   <si>
     <t>LAJINESS SHAUN LEE</t>
   </si>
   <si>
     <t xml:space="preserve">3737 BOTSON LN  
-CAMBRIDGE OH 43725</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">3805 BOTSON LN  
 CAMBRIDGE OH 43725</t>
   </si>
   <si>
     <t>010005</t>
   </si>
   <si>
     <t>BARONE RAMON E</t>
   </si>
   <si>
     <t>64214 RED BUD</t>
   </si>
   <si>
     <t>010054</t>
   </si>
   <si>
     <t>MCCLELLAND MARSHAL</t>
   </si>
   <si>
     <t>4248 BLOOMFIELD RD</t>
   </si>
   <si>
     <t>010149</t>
   </si>
   <si>
     <t>MARDIS JEANNIE D</t>
@@ -532,70 +505,70 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F49" headerRowCount="1">
-  <autoFilter ref="A1:F49"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F46" headerRowCount="1">
+  <autoFilter ref="A1:F46"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=22&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=23&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=39&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=55&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=61&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=48213&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=303&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=375&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=405&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=413&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=414&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=505&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=507&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=575&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=605&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=769&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=808&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=864&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=47907&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=948&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=998&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1070&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1083&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1166&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1228&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1288&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1317&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1318&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1321&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1354&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1377&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1397&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1541&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1542&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46662&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45776&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45857&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45440&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45778&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45705&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45557&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45666&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45252&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45019&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46605&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46318&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=47143&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=47230&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=22&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=23&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=39&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=55&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=61&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=48213&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=303&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=375&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=405&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=413&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=414&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=575&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=605&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=769&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=808&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=864&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=47907&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=948&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=998&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1070&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1083&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1166&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1228&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1288&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1317&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1318&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1321&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1354&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1377&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1397&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=1541&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46662&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45776&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45857&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45440&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45778&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45705&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45557&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45666&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45252&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=45019&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46605&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=46318&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=47143&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.guernseycounty.gov/Account/Index?Property_ID=47230&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F49"/>
+  <dimension ref="A1:F46"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="38.56735610961914" customWidth="1"/>
     <col min="3" max="3" width="21.83205795288086" customWidth="1"/>
     <col min="4" max="4" width="23.40041732788086" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -819,808 +792,745 @@
       </c>
       <c r="D12" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="3">
         <v>939.42</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="3">
-        <v>1561.64</v>
+        <v>5660.81</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E14" s="3">
-        <v>242.64</v>
+        <v>187.24</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E15" s="3">
-        <v>5660.81</v>
+        <v>1375.93</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E16" s="3">
-        <v>187.24</v>
+        <v>1721.87</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="3">
-        <v>1375.93</v>
+        <v>17.11</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="3">
-        <v>1721.87</v>
+        <v>2925.32</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E19" s="3">
-        <v>17.11</v>
+        <v>451.87</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>60</v>
+        <v>44</v>
       </c>
       <c r="E20" s="3">
-        <v>2925.32</v>
+        <v>1200.3</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="B21" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="B21" s="0" t="s">
+      <c r="C21" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D21" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="C21" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E21" s="3">
-        <v>451.87</v>
+        <v>571.22</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="B22" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="B22" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="E22" s="3">
-        <v>1200.3</v>
+        <v>1027.57</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E23" s="3">
-        <v>571.22</v>
+        <v>323.21</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E24" s="3">
-        <v>1027.57</v>
+        <v>1109.46</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E25" s="3">
-        <v>323.21</v>
+        <v>1689.38</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E26" s="3">
-        <v>1109.46</v>
+        <v>916.14</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E27" s="3">
-        <v>1689.38</v>
+        <v>240.65</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E28" s="3">
-        <v>916.14</v>
+        <v>33.6</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E29" s="3">
-        <v>390.65</v>
+        <v>261.4</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E30" s="3">
-        <v>33.6</v>
+        <v>1395.07</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E31" s="3">
-        <v>261.4</v>
+        <v>1418.56</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E32" s="3">
-        <v>1395.07</v>
+        <v>470.7</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D33" s="1" t="s">
-        <v>97</v>
+      <c r="D33" s="0" t="s">
+        <v>98</v>
       </c>
       <c r="E33" s="3">
-        <v>1418.56</v>
+        <v>42.69</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D34" s="1" t="s">
-        <v>100</v>
+      <c r="D34" s="0" t="s">
+        <v>101</v>
       </c>
       <c r="E34" s="3">
-        <v>470.7</v>
+        <v>362.48</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D35" s="1" t="s">
-        <v>103</v>
+      <c r="D35" s="0" t="s">
+        <v>104</v>
       </c>
       <c r="E35" s="3">
-        <v>908.85</v>
+        <v>161.26</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E36" s="3">
-        <v>42.69</v>
+        <v>2474.04</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E37" s="3">
-        <v>362.48</v>
+        <v>22676.15</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E38" s="3">
-        <v>161.26</v>
+        <v>78.45</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E39" s="3">
-        <v>2474.04</v>
+        <v>2832.24</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E40" s="3">
-        <v>22676.15</v>
+        <v>590.76</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E41" s="3">
-        <v>78.45</v>
+        <v>1690.54</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E42" s="3">
-        <v>2832.24</v>
+        <v>936.94</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E43" s="3">
-        <v>590.76</v>
+        <v>14.34</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E44" s="3">
-        <v>1690.54</v>
+        <v>2075.01</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E45" s="3">
-        <v>936.94</v>
+        <v>2354.76</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E46" s="3">
-        <v>14.34</v>
+        <v>17.42</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>10</v>
-[...58 lines deleted...]
-      <c r="F49" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
     <hyperlink ref="F25" r:id="rId25"/>
     <hyperlink ref="F26" r:id="rId26"/>
     <hyperlink ref="F27" r:id="rId27"/>
     <hyperlink ref="F28" r:id="rId28"/>
     <hyperlink ref="F29" r:id="rId29"/>
     <hyperlink ref="F30" r:id="rId30"/>
     <hyperlink ref="F31" r:id="rId31"/>
     <hyperlink ref="F32" r:id="rId32"/>
     <hyperlink ref="F33" r:id="rId33"/>
     <hyperlink ref="F34" r:id="rId34"/>
     <hyperlink ref="F35" r:id="rId35"/>
     <hyperlink ref="F36" r:id="rId36"/>
     <hyperlink ref="F37" r:id="rId37"/>
     <hyperlink ref="F38" r:id="rId38"/>
     <hyperlink ref="F39" r:id="rId39"/>
     <hyperlink ref="F40" r:id="rId40"/>
     <hyperlink ref="F41" r:id="rId41"/>
     <hyperlink ref="F42" r:id="rId42"/>
     <hyperlink ref="F43" r:id="rId43"/>
     <hyperlink ref="F44" r:id="rId44"/>
     <hyperlink ref="F45" r:id="rId45"/>
     <hyperlink ref="F46" r:id="rId46"/>
-    <hyperlink ref="F47" r:id="rId47"/>
-[...1 lines deleted...]
-    <hyperlink ref="F49" r:id="rId49"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>